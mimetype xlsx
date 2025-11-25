--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1,143 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\B163375\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{722818FC-52C3-4CA9-B2B3-A4039A8D3ACD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="8220" yWindow="1155" windowWidth="3645" windowHeight="4455" activeTab="1"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Dataobjekter" sheetId="5" r:id="rId1"/>
-    <sheet name="Stamdatafelter 2018-12-10" sheetId="4" r:id="rId2"/>
+    <sheet name="Dataobjekter" sheetId="7" r:id="rId1"/>
+    <sheet name="Stamdatafelter" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Stamdatafelter 2018-12-10'!$A$2:$F$175</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="1">'Stamdatafelter 2018-12-10'!$2:$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Stamdatafelter!$A$2:$F$119</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Stamdatafelter!$A$2:$D$119</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">Stamdatafelter!$2:$2</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="877" uniqueCount="186">
   <si>
     <t>Ejer</t>
   </si>
   <si>
-    <t>CVR-nummer</t>
-[...10 lines deleted...]
-  <si>
     <t>Navn</t>
   </si>
   <si>
-    <t xml:space="preserve">Navn på kunde </t>
-[...4 lines deleted...]
-  <si>
     <t>Vejnavn</t>
   </si>
   <si>
     <t>Navn på vej</t>
   </si>
   <si>
     <t>Husnummer</t>
   </si>
   <si>
     <t>Husnummerbogstav</t>
   </si>
   <si>
     <t>Evt. bogstavsbetegnelse</t>
   </si>
   <si>
     <t>Etage</t>
   </si>
   <si>
     <t>Etagenummer - (KL, ST, 1., 2…..)</t>
   </si>
   <si>
     <t>Etageside</t>
   </si>
   <si>
     <t>Etageside (TH, TV…)</t>
   </si>
   <si>
     <t>Stednavn</t>
   </si>
   <si>
     <t>Frit tekstfelt til evt. stedbetegnelse</t>
   </si>
   <si>
     <t>Postnummer</t>
   </si>
   <si>
     <t>Postby</t>
   </si>
   <si>
     <t xml:space="preserve">Navn på by </t>
   </si>
   <si>
-    <t>Land</t>
-[...1 lines deleted...]
-  <si>
     <t>Værk</t>
   </si>
   <si>
     <t>Identifikation</t>
   </si>
   <si>
     <t>GSRN</t>
   </si>
   <si>
     <t>Entydigt GSRN nummer på værk</t>
   </si>
   <si>
     <t>Kort-navn</t>
   </si>
   <si>
     <t>Kortnavn på værk</t>
   </si>
   <si>
     <t>Navn på værk</t>
   </si>
   <si>
     <t>Idriftsættelse</t>
   </si>
   <si>
     <t>Planlagt idriftdato</t>
@@ -157,53 +157,50 @@
   <si>
     <t>Afmeldingsdato for værket</t>
   </si>
   <si>
     <t>Placering</t>
   </si>
   <si>
     <t xml:space="preserve">Kommunenr </t>
   </si>
   <si>
     <t>Kommunenummer</t>
   </si>
   <si>
     <t>BBR bygningsnummer</t>
   </si>
   <si>
     <t>Bygningsnummer i BBR register</t>
   </si>
   <si>
     <t>BBR ejendomsnummer</t>
   </si>
   <si>
     <t>Ejendomsnummer i BBR register</t>
   </si>
   <si>
-    <t>Generelt</t>
-[...1 lines deleted...]
-  <si>
     <t>Samlet installeret effekt af aktuelle anlæg (kW)</t>
   </si>
   <si>
     <t>Måling</t>
   </si>
   <si>
     <t>Nettoafregningsmetode</t>
   </si>
   <si>
     <t>Nettoafregningsgruppe (0-99)</t>
   </si>
   <si>
     <t>Værk-Anlæg</t>
   </si>
   <si>
     <t>Tilhører værk</t>
   </si>
   <si>
     <t>GSRN nummer</t>
   </si>
   <si>
     <t>Anlæggets GSRN nummer</t>
   </si>
   <si>
     <t>Kort navn</t>
@@ -304,104 +301,95 @@
   <si>
     <t>Entydigt GSRN nummer på solcelle</t>
   </si>
   <si>
     <t>Kortnavn på solcelle</t>
   </si>
   <si>
     <t>Navn på solcelle</t>
   </si>
   <si>
     <t>Aftagenummer på forbrugsmålepunkt</t>
   </si>
   <si>
     <t>Planlagt idriftsættelsesdato for solcelle</t>
   </si>
   <si>
     <t>Idriftsættelsesdato for solcelle</t>
   </si>
   <si>
     <t>Afmeldingsdato for solcelle</t>
   </si>
   <si>
     <t>UTM x-koordinat</t>
   </si>
   <si>
-    <t>UTM x-koordinat for tilslutningspunktet</t>
-[...1 lines deleted...]
-  <si>
     <t>UTM y-koordinat</t>
   </si>
   <si>
-    <t>UTM y-koordinat for tilslutningspunktet</t>
-[...1 lines deleted...]
-  <si>
     <t>Godkendelse</t>
   </si>
   <si>
     <t>Solcelle-anlæg</t>
   </si>
   <si>
     <t>Tilhører solcelle-enhed</t>
   </si>
   <si>
     <t>Sol inverter</t>
   </si>
   <si>
     <t>Navn på type inverter</t>
   </si>
   <si>
     <t>Solcelleareal m2</t>
   </si>
   <si>
     <t>Samlet areal på solcelleanlægget</t>
   </si>
   <si>
     <t>Anmeldt dato</t>
   </si>
   <si>
     <t>Anmeldelsesdato</t>
   </si>
   <si>
     <t>Vindmølle</t>
   </si>
   <si>
     <t>Entydigt GSRN nummer på vindmølle</t>
   </si>
   <si>
     <t>Kortnavn på vindmølle</t>
   </si>
   <si>
     <t>Navn på vindmølle</t>
   </si>
   <si>
     <t>Installationsnr.</t>
   </si>
   <si>
-    <t>Netvirksomhedens ejen identifikation</t>
-[...1 lines deleted...]
-  <si>
     <t>Kategori</t>
   </si>
   <si>
     <t>Er det en Enkelststående - Mølle i park - eller vindmøllepark</t>
   </si>
   <si>
     <t>Tilhører park</t>
   </si>
   <si>
     <t>Matrikel nr</t>
   </si>
   <si>
     <t>Matriklens ejerlav</t>
   </si>
   <si>
     <t>Matrikelens ejerlav</t>
   </si>
   <si>
     <t>Placeringstype</t>
   </si>
   <si>
     <t>Hav/Land - Placeringstype</t>
   </si>
   <si>
     <t>UTM-x koordinat for placeringen</t>
@@ -418,223 +406,253 @@
   <si>
     <t>Typegodkendelse</t>
   </si>
   <si>
     <t>Typegodkendelse af møllen (certifikat)</t>
   </si>
   <si>
     <t>Godkendelsesorgan</t>
   </si>
   <si>
     <t>Godkendelsesorgan bag typegodkendelsen</t>
   </si>
   <si>
     <t>Rotordiameter (m)</t>
   </si>
   <si>
     <t>Rotordiamater i meter</t>
   </si>
   <si>
     <t>Navhøjde (m)</t>
   </si>
   <si>
     <t>Navhøjde fra fundament i meter</t>
   </si>
   <si>
-    <t>Forbrugsenhed</t>
-[...31 lines deleted...]
-  <si>
     <t>Felt</t>
   </si>
   <si>
     <t>Indhold</t>
   </si>
   <si>
     <t>CVR eller CPR nummer på ejer</t>
   </si>
   <si>
-    <t>Aftagenummer ved nettoafregning</t>
-[...1 lines deleted...]
-  <si>
     <t>GSRN nummer på værk som anlægget tilhører</t>
   </si>
   <si>
     <t>GSRN nummer på "Solcelle" som Solcelle-anlægget tilhører</t>
   </si>
   <si>
     <t>GSRN nummer på vindmøllepark - hvis det er en mølle-i-park</t>
   </si>
   <si>
     <t>Idriftsættelsesdato for vindmøllen</t>
   </si>
   <si>
     <t>Afmeldingsdato for vindmøllen</t>
   </si>
   <si>
-    <t>GSRNnummer på "Forbrugsenhed" som anlægget tilhører</t>
-[...4 lines deleted...]
-  <si>
     <t>Målepunktsid på produktionsmålepunkt (E18)</t>
   </si>
   <si>
-    <t>Målepunktsid på målepunkt  til afregning (D04 eller E18)</t>
-[...7 lines deleted...]
-  <si>
     <t>Målepunktsid på målepunkt  til afregning (E18)</t>
   </si>
   <si>
     <t>Netområde</t>
   </si>
   <si>
     <t>DE (Dansk Energi) nummer på netområde</t>
-  </si>
-[...4 lines deleted...]
-    <t>Godkendt til fritagelse for PSO-afgift (J/N)</t>
   </si>
   <si>
     <t>ved opret</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Netvirk-
 somhed</t>
   </si>
   <si>
     <t>Energi-styrelse</t>
   </si>
   <si>
-    <t>Etagenummer (KL, ST, 1., 2…..)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ansvarlig for dataindhold</t>
   </si>
   <si>
     <t>Feltbeskrivelse</t>
   </si>
   <si>
-    <t>Netvirksomhed er ansvarlig for oprettelse af korrekte ejerdata ved oprettelse - herefter er det Energistyrelsens ansvar at vedligeholde ejerdata.</t>
-[...1 lines deleted...]
-  <si>
     <t>x</t>
   </si>
   <si>
     <t>Kun relevant for vindmøller tilsluttet i en park</t>
   </si>
   <si>
     <t>Ikke for husstandsvindmøller</t>
   </si>
   <si>
     <t>Energitype</t>
   </si>
   <si>
     <t>Energitype der anvende som hoved- og sekundær energi</t>
   </si>
   <si>
     <t>Energitype - procentandel</t>
   </si>
   <si>
     <t>Netvirksomheder kan ikke oprette vindmølleparker i Selvbetjeningsportalen</t>
   </si>
   <si>
     <t>(Ja)</t>
   </si>
   <si>
-    <t>Dataobjekter i Stamdataregisteret</t>
-[...4 lines deleted...]
-  <si>
     <t>Dataobjekt</t>
   </si>
   <si>
     <t>Forbrugsaftagenummer</t>
   </si>
   <si>
     <t>Planlagt idriftsættelsesdato for anlægget</t>
   </si>
   <si>
     <t>Idriftsættelsesdato for anlægget</t>
   </si>
   <si>
     <t>Afmeldingsdato for anlægget</t>
   </si>
   <si>
     <t>Procentandel der anvender som hoved- og sekundær energi</t>
+  </si>
+  <si>
+    <t>Anlægsadresse</t>
+  </si>
+  <si>
+    <t>Lagerkapacitet (kW)</t>
+  </si>
+  <si>
+    <t>Idriftsdato</t>
+  </si>
+  <si>
+    <t>Tilslutningspunkt</t>
+  </si>
+  <si>
+    <t>Batteri</t>
+  </si>
+  <si>
+    <t>Ladestander</t>
+  </si>
+  <si>
+    <t>Varmepumpe</t>
+  </si>
+  <si>
+    <t>Prisområde</t>
+  </si>
+  <si>
+    <t>Kortnavn</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>Planlagt idrift-/udvidelsesdato</t>
+  </si>
+  <si>
+    <t>Type af elforbrugsanlæg</t>
+  </si>
+  <si>
+    <t>Elforbrugsanlæg</t>
+  </si>
+  <si>
+    <t>Nej</t>
+  </si>
+  <si>
+    <t>Udleveres data</t>
+  </si>
+  <si>
+    <t>Forbrugsmålepunkt</t>
+  </si>
+  <si>
+    <t>Produktionsmålepunkt</t>
+  </si>
+  <si>
+    <t>Forbehold for fejl</t>
+  </si>
+  <si>
+    <t>Enhed</t>
+  </si>
+  <si>
+    <t>Værk-anlæg</t>
+  </si>
+  <si>
+    <t>Vindmøllepark</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vindmølle i park </t>
+  </si>
+  <si>
+    <t>Husstandsvindmølle</t>
+  </si>
+  <si>
+    <t>Tilhørende anlæg</t>
+  </si>
+  <si>
+    <t>Enkeltstående vindmølle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fra 1. juli 2025 </t>
+  </si>
+  <si>
+    <t>Fra 1. juli 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entydigt GSRN nummer </t>
+  </si>
+  <si>
+    <t>Fabrikat på paneler</t>
+  </si>
+  <si>
+    <t>Model på paneler</t>
+  </si>
+  <si>
+    <t>Delvis</t>
+  </si>
+  <si>
+    <t>Udstilles undtagelsesvist på https://ens.dk/analyser-og-statistik/data-oversigt-over-energisektoren</t>
+  </si>
+  <si>
+    <t>Netvirksomhedens egen identifikation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -653,227 +671,122 @@
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
-[...10 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="20">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
-[...58 lines deleted...]
-      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...43 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
@@ -955,725 +868,290 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 3" xfId="1"/>
+    <cellStyle name="Normal 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...444 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kontortema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Kontor">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kontor">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1701,51 +1179,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kontor">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1873,5113 +1351,5379 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:H9"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F192D9C1-ABEA-4E09-8327-8EEE73BCB301}">
+  <dimension ref="A1:C10"/>
   <sheetViews>
-    <sheetView zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16"/>
+    <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="14.5703125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="15.28515625" customWidth="1"/>
+    <col min="1" max="1" width="23.140625" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:8" ht="21" x14ac:dyDescent="0.35">
-      <c r="B2" s="54" t="s">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A1" s="44" t="s">
+        <v>171</v>
+      </c>
+      <c r="B1" s="44" t="s">
+        <v>176</v>
+      </c>
+      <c r="C1" s="44" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" s="43" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" s="43" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" s="42"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="43" t="s">
+        <v>172</v>
+      </c>
+      <c r="C3" s="42"/>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
+        <v>173</v>
+      </c>
+      <c r="B4" s="43" t="s">
+        <v>174</v>
+      </c>
+      <c r="C4" s="42"/>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="43" t="s">
+        <v>177</v>
+      </c>
+      <c r="B5" s="43"/>
+      <c r="C5" s="42"/>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="43" t="s">
+        <v>175</v>
+      </c>
+      <c r="B6" s="43"/>
+      <c r="C6" s="42"/>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="43" t="s">
+        <v>157</v>
+      </c>
+      <c r="B7" s="43"/>
+      <c r="C7" s="42" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="43" t="s">
+        <v>158</v>
+      </c>
+      <c r="B8" s="43"/>
+      <c r="C8" s="42" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="43" t="s">
+        <v>159</v>
+      </c>
+      <c r="B9" s="43"/>
+      <c r="C9" s="42" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="3" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...29 lines deleted...]
-        <v>139</v>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="B10" s="43"/>
+      <c r="C10" s="42" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BS175"/>
+  <dimension ref="A1:BT174"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
+      <selection pane="bottomLeft" activeCell="G159" sqref="G159"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.5703125" style="3" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="56" style="4" customWidth="1"/>
+    <col min="4" max="4" width="44.42578125" style="4" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" style="8" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="8" customWidth="1"/>
-    <col min="7" max="7" width="45.42578125" style="9" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="5"/>
+    <col min="7" max="7" width="31.5703125" style="8" customWidth="1"/>
+    <col min="8" max="8" width="45.42578125" style="9" customWidth="1"/>
+    <col min="9" max="12" width="9.140625" style="5"/>
+    <col min="13" max="14" width="14.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="11" customFormat="1" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="58" t="s">
+    <row r="1" spans="1:8" s="11" customFormat="1" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="53" t="s">
+        <v>138</v>
+      </c>
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="55"/>
+      <c r="E1" s="51" t="s">
+        <v>137</v>
+      </c>
+      <c r="F1" s="52"/>
+      <c r="G1" s="52" t="s">
+        <v>167</v>
+      </c>
+      <c r="H1" s="55" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" s="10" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="45" t="s">
+        <v>147</v>
+      </c>
+      <c r="B2" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" s="46" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" s="47" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" s="48" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" s="49" t="s">
+        <v>136</v>
+      </c>
+      <c r="G2" s="57"/>
+      <c r="H2" s="56"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F3" s="15"/>
+      <c r="G3" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H3" s="18"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" s="12"/>
+      <c r="C4" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" s="15"/>
+      <c r="G4" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H4" s="18"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="12"/>
+      <c r="C5" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F5" s="15"/>
+      <c r="G5" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H5" s="18"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F6" s="15"/>
+      <c r="G6" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H6" s="18"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="12"/>
+      <c r="C7" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F7" s="15"/>
+      <c r="G7" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H7" s="18"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="12"/>
+      <c r="C8" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F8" s="15"/>
+      <c r="G8" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H8" s="18"/>
+    </row>
+    <row r="9" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="D9" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="E9" s="17"/>
+      <c r="F9" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="G9" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H9" s="19"/>
+    </row>
+    <row r="10" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="13"/>
+      <c r="C10" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H10" s="19"/>
+    </row>
+    <row r="11" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="12"/>
+      <c r="C11" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F11" s="17"/>
+      <c r="G11" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H11" s="19"/>
+    </row>
+    <row r="12" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="12"/>
+      <c r="C12" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F12" s="17"/>
+      <c r="G12" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H12" s="19"/>
+    </row>
+    <row r="13" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="12"/>
+      <c r="C13" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F13" s="17"/>
+      <c r="G13" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H13" s="19"/>
+    </row>
+    <row r="14" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="12"/>
+      <c r="C14" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F14" s="17"/>
+      <c r="G14" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H14" s="19"/>
+    </row>
+    <row r="15" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="12"/>
+      <c r="C15" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F15" s="17"/>
+      <c r="G15" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H15" s="19"/>
+    </row>
+    <row r="16" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="41" t="s">
+        <v>133</v>
+      </c>
+      <c r="H16" s="19"/>
+    </row>
+    <row r="17" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="12"/>
+      <c r="C17" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F17" s="17"/>
+      <c r="G17" s="41" t="s">
+        <v>133</v>
+      </c>
+      <c r="H17" s="19"/>
+    </row>
+    <row r="18" spans="1:72" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="12"/>
+      <c r="C18" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F18" s="15"/>
+      <c r="G18" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H18" s="18"/>
+    </row>
+    <row r="19" spans="1:72" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="12"/>
+      <c r="C19" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F19" s="15"/>
+      <c r="G19" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H19" s="18"/>
+    </row>
+    <row r="20" spans="1:72" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F20" s="15"/>
+      <c r="G20" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H20" s="18"/>
+    </row>
+    <row r="21" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="E21" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F21" s="25"/>
+      <c r="G21" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="H21" s="26"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+      <c r="K21" s="5"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="5"/>
+      <c r="N21" s="5"/>
+      <c r="O21" s="5"/>
+      <c r="P21" s="5"/>
+      <c r="Q21" s="5"/>
+      <c r="R21" s="5"/>
+      <c r="S21" s="5"/>
+      <c r="T21" s="5"/>
+      <c r="U21" s="5"/>
+      <c r="V21" s="5"/>
+      <c r="W21" s="5"/>
+      <c r="X21" s="5"/>
+      <c r="Y21" s="5"/>
+      <c r="Z21" s="5"/>
+      <c r="AA21" s="5"/>
+      <c r="AB21" s="5"/>
+      <c r="AC21" s="5"/>
+      <c r="AD21" s="5"/>
+      <c r="AE21" s="5"/>
+      <c r="AF21" s="5"/>
+      <c r="AG21" s="5"/>
+      <c r="AH21" s="5"/>
+      <c r="AI21" s="5"/>
+      <c r="AJ21" s="5"/>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="5"/>
+      <c r="AM21" s="5"/>
+      <c r="AN21" s="5"/>
+      <c r="AO21" s="5"/>
+      <c r="AP21" s="5"/>
+      <c r="AQ21" s="5"/>
+      <c r="AR21" s="5"/>
+      <c r="AS21" s="5"/>
+      <c r="AT21" s="5"/>
+      <c r="AU21" s="5"/>
+      <c r="AV21" s="5"/>
+      <c r="AW21" s="5"/>
+      <c r="AX21" s="5"/>
+      <c r="AY21" s="5"/>
+      <c r="AZ21" s="5"/>
+      <c r="BA21" s="5"/>
+      <c r="BB21" s="5"/>
+      <c r="BC21" s="5"/>
+      <c r="BD21" s="5"/>
+      <c r="BE21" s="5"/>
+      <c r="BF21" s="5"/>
+      <c r="BG21" s="5"/>
+      <c r="BH21" s="5"/>
+      <c r="BI21" s="5"/>
+      <c r="BJ21" s="5"/>
+      <c r="BK21" s="5"/>
+      <c r="BL21" s="5"/>
+      <c r="BM21" s="5"/>
+      <c r="BN21" s="5"/>
+      <c r="BO21" s="5"/>
+      <c r="BP21" s="5"/>
+      <c r="BQ21" s="5"/>
+      <c r="BR21" s="5"/>
+      <c r="BS21" s="5"/>
+      <c r="BT21" s="5"/>
+    </row>
+    <row r="22" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="22"/>
+      <c r="C22" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F22" s="25"/>
+      <c r="G22" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="H22" s="26"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
+      <c r="K22" s="5"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="5"/>
+      <c r="N22" s="5"/>
+      <c r="O22" s="5"/>
+      <c r="P22" s="5"/>
+      <c r="Q22" s="5"/>
+      <c r="R22" s="5"/>
+      <c r="S22" s="5"/>
+      <c r="T22" s="5"/>
+      <c r="U22" s="5"/>
+      <c r="V22" s="5"/>
+      <c r="W22" s="5"/>
+      <c r="X22" s="5"/>
+      <c r="Y22" s="5"/>
+      <c r="Z22" s="5"/>
+      <c r="AA22" s="5"/>
+      <c r="AB22" s="5"/>
+      <c r="AC22" s="5"/>
+      <c r="AD22" s="5"/>
+      <c r="AE22" s="5"/>
+      <c r="AF22" s="5"/>
+      <c r="AG22" s="5"/>
+      <c r="AH22" s="5"/>
+      <c r="AI22" s="5"/>
+      <c r="AJ22" s="5"/>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="5"/>
+      <c r="AM22" s="5"/>
+      <c r="AN22" s="5"/>
+      <c r="AO22" s="5"/>
+      <c r="AP22" s="5"/>
+      <c r="AQ22" s="5"/>
+      <c r="AR22" s="5"/>
+      <c r="AS22" s="5"/>
+      <c r="AT22" s="5"/>
+      <c r="AU22" s="5"/>
+      <c r="AV22" s="5"/>
+      <c r="AW22" s="5"/>
+      <c r="AX22" s="5"/>
+      <c r="AY22" s="5"/>
+      <c r="AZ22" s="5"/>
+      <c r="BA22" s="5"/>
+      <c r="BB22" s="5"/>
+      <c r="BC22" s="5"/>
+      <c r="BD22" s="5"/>
+      <c r="BE22" s="5"/>
+      <c r="BF22" s="5"/>
+      <c r="BG22" s="5"/>
+      <c r="BH22" s="5"/>
+      <c r="BI22" s="5"/>
+      <c r="BJ22" s="5"/>
+      <c r="BK22" s="5"/>
+      <c r="BL22" s="5"/>
+      <c r="BM22" s="5"/>
+      <c r="BN22" s="5"/>
+      <c r="BO22" s="5"/>
+      <c r="BP22" s="5"/>
+      <c r="BQ22" s="5"/>
+      <c r="BR22" s="5"/>
+      <c r="BS22" s="5"/>
+      <c r="BT22" s="5"/>
+    </row>
+    <row r="23" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B23" s="22"/>
+      <c r="C23" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F23" s="25"/>
+      <c r="G23" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H23" s="26"/>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5"/>
+      <c r="K23" s="5"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="5"/>
+      <c r="N23" s="5"/>
+      <c r="O23" s="5"/>
+      <c r="P23" s="5"/>
+      <c r="Q23" s="5"/>
+      <c r="R23" s="5"/>
+      <c r="S23" s="5"/>
+      <c r="T23" s="5"/>
+      <c r="U23" s="5"/>
+      <c r="V23" s="5"/>
+      <c r="W23" s="5"/>
+      <c r="X23" s="5"/>
+      <c r="Y23" s="5"/>
+      <c r="Z23" s="5"/>
+      <c r="AA23" s="5"/>
+      <c r="AB23" s="5"/>
+      <c r="AC23" s="5"/>
+      <c r="AD23" s="5"/>
+      <c r="AE23" s="5"/>
+      <c r="AF23" s="5"/>
+      <c r="AG23" s="5"/>
+      <c r="AH23" s="5"/>
+      <c r="AI23" s="5"/>
+      <c r="AJ23" s="5"/>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="5"/>
+      <c r="AM23" s="5"/>
+      <c r="AN23" s="5"/>
+      <c r="AO23" s="5"/>
+      <c r="AP23" s="5"/>
+      <c r="AQ23" s="5"/>
+      <c r="AR23" s="5"/>
+      <c r="AS23" s="5"/>
+      <c r="AT23" s="5"/>
+      <c r="AU23" s="5"/>
+      <c r="AV23" s="5"/>
+      <c r="AW23" s="5"/>
+      <c r="AX23" s="5"/>
+      <c r="AY23" s="5"/>
+      <c r="AZ23" s="5"/>
+      <c r="BA23" s="5"/>
+      <c r="BB23" s="5"/>
+      <c r="BC23" s="5"/>
+      <c r="BD23" s="5"/>
+      <c r="BE23" s="5"/>
+      <c r="BF23" s="5"/>
+      <c r="BG23" s="5"/>
+      <c r="BH23" s="5"/>
+      <c r="BI23" s="5"/>
+      <c r="BJ23" s="5"/>
+      <c r="BK23" s="5"/>
+      <c r="BL23" s="5"/>
+      <c r="BM23" s="5"/>
+      <c r="BN23" s="5"/>
+      <c r="BO23" s="5"/>
+      <c r="BP23" s="5"/>
+      <c r="BQ23" s="5"/>
+      <c r="BR23" s="5"/>
+      <c r="BS23" s="5"/>
+      <c r="BT23" s="5"/>
+    </row>
+    <row r="24" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B24" s="22"/>
+      <c r="C24" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="D24" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="H24" s="26"/>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5"/>
+      <c r="K24" s="5"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="5"/>
+      <c r="N24" s="5"/>
+      <c r="O24" s="5"/>
+      <c r="P24" s="5"/>
+      <c r="Q24" s="5"/>
+      <c r="R24" s="5"/>
+      <c r="S24" s="5"/>
+      <c r="T24" s="5"/>
+      <c r="U24" s="5"/>
+      <c r="V24" s="5"/>
+      <c r="W24" s="5"/>
+      <c r="X24" s="5"/>
+      <c r="Y24" s="5"/>
+      <c r="Z24" s="5"/>
+      <c r="AA24" s="5"/>
+      <c r="AB24" s="5"/>
+      <c r="AC24" s="5"/>
+      <c r="AD24" s="5"/>
+      <c r="AE24" s="5"/>
+      <c r="AF24" s="5"/>
+      <c r="AG24" s="5"/>
+      <c r="AH24" s="5"/>
+      <c r="AI24" s="5"/>
+      <c r="AJ24" s="5"/>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="5"/>
+      <c r="AM24" s="5"/>
+      <c r="AN24" s="5"/>
+      <c r="AO24" s="5"/>
+      <c r="AP24" s="5"/>
+      <c r="AQ24" s="5"/>
+      <c r="AR24" s="5"/>
+      <c r="AS24" s="5"/>
+      <c r="AT24" s="5"/>
+      <c r="AU24" s="5"/>
+      <c r="AV24" s="5"/>
+      <c r="AW24" s="5"/>
+      <c r="AX24" s="5"/>
+      <c r="AY24" s="5"/>
+      <c r="AZ24" s="5"/>
+      <c r="BA24" s="5"/>
+      <c r="BB24" s="5"/>
+      <c r="BC24" s="5"/>
+      <c r="BD24" s="5"/>
+      <c r="BE24" s="5"/>
+      <c r="BF24" s="5"/>
+      <c r="BG24" s="5"/>
+      <c r="BH24" s="5"/>
+      <c r="BI24" s="5"/>
+      <c r="BJ24" s="5"/>
+      <c r="BK24" s="5"/>
+      <c r="BL24" s="5"/>
+      <c r="BM24" s="5"/>
+      <c r="BN24" s="5"/>
+      <c r="BO24" s="5"/>
+      <c r="BP24" s="5"/>
+      <c r="BQ24" s="5"/>
+      <c r="BR24" s="5"/>
+      <c r="BS24" s="5"/>
+      <c r="BT24" s="5"/>
+    </row>
+    <row r="25" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" s="22"/>
+      <c r="C25" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="E25" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H25" s="26"/>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5"/>
+      <c r="K25" s="5"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="5"/>
+      <c r="N25" s="5"/>
+      <c r="O25" s="5"/>
+      <c r="P25" s="5"/>
+      <c r="Q25" s="5"/>
+      <c r="R25" s="5"/>
+      <c r="S25" s="5"/>
+      <c r="T25" s="5"/>
+      <c r="U25" s="5"/>
+      <c r="V25" s="5"/>
+      <c r="W25" s="5"/>
+      <c r="X25" s="5"/>
+      <c r="Y25" s="5"/>
+      <c r="Z25" s="5"/>
+      <c r="AA25" s="5"/>
+      <c r="AB25" s="5"/>
+      <c r="AC25" s="5"/>
+      <c r="AD25" s="5"/>
+      <c r="AE25" s="5"/>
+      <c r="AF25" s="5"/>
+      <c r="AG25" s="5"/>
+      <c r="AH25" s="5"/>
+      <c r="AI25" s="5"/>
+      <c r="AJ25" s="5"/>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="5"/>
+      <c r="AM25" s="5"/>
+      <c r="AN25" s="5"/>
+      <c r="AO25" s="5"/>
+      <c r="AP25" s="5"/>
+      <c r="AQ25" s="5"/>
+      <c r="AR25" s="5"/>
+      <c r="AS25" s="5"/>
+      <c r="AT25" s="5"/>
+      <c r="AU25" s="5"/>
+      <c r="AV25" s="5"/>
+      <c r="AW25" s="5"/>
+      <c r="AX25" s="5"/>
+      <c r="AY25" s="5"/>
+      <c r="AZ25" s="5"/>
+      <c r="BA25" s="5"/>
+      <c r="BB25" s="5"/>
+      <c r="BC25" s="5"/>
+      <c r="BD25" s="5"/>
+      <c r="BE25" s="5"/>
+      <c r="BF25" s="5"/>
+      <c r="BG25" s="5"/>
+      <c r="BH25" s="5"/>
+      <c r="BI25" s="5"/>
+      <c r="BJ25" s="5"/>
+      <c r="BK25" s="5"/>
+      <c r="BL25" s="5"/>
+      <c r="BM25" s="5"/>
+      <c r="BN25" s="5"/>
+      <c r="BO25" s="5"/>
+      <c r="BP25" s="5"/>
+      <c r="BQ25" s="5"/>
+      <c r="BR25" s="5"/>
+      <c r="BS25" s="5"/>
+      <c r="BT25" s="5"/>
+    </row>
+    <row r="26" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E26" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H26" s="26"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5"/>
+      <c r="K26" s="5"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="5"/>
+      <c r="N26" s="5"/>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
+      <c r="S26" s="5"/>
+      <c r="T26" s="5"/>
+      <c r="U26" s="5"/>
+      <c r="V26" s="5"/>
+      <c r="W26" s="5"/>
+      <c r="X26" s="5"/>
+      <c r="Y26" s="5"/>
+      <c r="Z26" s="5"/>
+      <c r="AA26" s="5"/>
+      <c r="AB26" s="5"/>
+      <c r="AC26" s="5"/>
+      <c r="AD26" s="5"/>
+      <c r="AE26" s="5"/>
+      <c r="AF26" s="5"/>
+      <c r="AG26" s="5"/>
+      <c r="AH26" s="5"/>
+      <c r="AI26" s="5"/>
+      <c r="AJ26" s="5"/>
+      <c r="AK26" s="5"/>
+      <c r="AL26" s="5"/>
+      <c r="AM26" s="5"/>
+      <c r="AN26" s="5"/>
+      <c r="AO26" s="5"/>
+      <c r="AP26" s="5"/>
+      <c r="AQ26" s="5"/>
+      <c r="AR26" s="5"/>
+      <c r="AS26" s="5"/>
+      <c r="AT26" s="5"/>
+      <c r="AU26" s="5"/>
+      <c r="AV26" s="5"/>
+      <c r="AW26" s="5"/>
+      <c r="AX26" s="5"/>
+      <c r="AY26" s="5"/>
+      <c r="AZ26" s="5"/>
+      <c r="BA26" s="5"/>
+      <c r="BB26" s="5"/>
+      <c r="BC26" s="5"/>
+      <c r="BD26" s="5"/>
+      <c r="BE26" s="5"/>
+      <c r="BF26" s="5"/>
+      <c r="BG26" s="5"/>
+      <c r="BH26" s="5"/>
+      <c r="BI26" s="5"/>
+      <c r="BJ26" s="5"/>
+      <c r="BK26" s="5"/>
+      <c r="BL26" s="5"/>
+      <c r="BM26" s="5"/>
+      <c r="BN26" s="5"/>
+      <c r="BO26" s="5"/>
+      <c r="BP26" s="5"/>
+      <c r="BQ26" s="5"/>
+      <c r="BR26" s="5"/>
+      <c r="BS26" s="5"/>
+      <c r="BT26" s="5"/>
+    </row>
+    <row r="27" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B27" s="22"/>
+      <c r="C27" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="E27" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H27" s="26"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+      <c r="K27" s="5"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="5"/>
+      <c r="N27" s="5"/>
+      <c r="O27" s="5"/>
+      <c r="P27" s="5"/>
+      <c r="Q27" s="5"/>
+      <c r="R27" s="5"/>
+      <c r="S27" s="5"/>
+      <c r="T27" s="5"/>
+      <c r="U27" s="5"/>
+      <c r="V27" s="5"/>
+      <c r="W27" s="5"/>
+      <c r="X27" s="5"/>
+      <c r="Y27" s="5"/>
+      <c r="Z27" s="5"/>
+      <c r="AA27" s="5"/>
+      <c r="AB27" s="5"/>
+      <c r="AC27" s="5"/>
+      <c r="AD27" s="5"/>
+      <c r="AE27" s="5"/>
+      <c r="AF27" s="5"/>
+      <c r="AG27" s="5"/>
+      <c r="AH27" s="5"/>
+      <c r="AI27" s="5"/>
+      <c r="AJ27" s="5"/>
+      <c r="AK27" s="5"/>
+      <c r="AL27" s="5"/>
+      <c r="AM27" s="5"/>
+      <c r="AN27" s="5"/>
+      <c r="AO27" s="5"/>
+      <c r="AP27" s="5"/>
+      <c r="AQ27" s="5"/>
+      <c r="AR27" s="5"/>
+      <c r="AS27" s="5"/>
+      <c r="AT27" s="5"/>
+      <c r="AU27" s="5"/>
+      <c r="AV27" s="5"/>
+      <c r="AW27" s="5"/>
+      <c r="AX27" s="5"/>
+      <c r="AY27" s="5"/>
+      <c r="AZ27" s="5"/>
+      <c r="BA27" s="5"/>
+      <c r="BB27" s="5"/>
+      <c r="BC27" s="5"/>
+      <c r="BD27" s="5"/>
+      <c r="BE27" s="5"/>
+      <c r="BF27" s="5"/>
+      <c r="BG27" s="5"/>
+      <c r="BH27" s="5"/>
+      <c r="BI27" s="5"/>
+      <c r="BJ27" s="5"/>
+      <c r="BK27" s="5"/>
+      <c r="BL27" s="5"/>
+      <c r="BM27" s="5"/>
+      <c r="BN27" s="5"/>
+      <c r="BO27" s="5"/>
+      <c r="BP27" s="5"/>
+      <c r="BQ27" s="5"/>
+      <c r="BR27" s="5"/>
+      <c r="BS27" s="5"/>
+      <c r="BT27" s="5"/>
+    </row>
+    <row r="28" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" s="22"/>
+      <c r="C28" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="E28" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H28" s="26"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5"/>
+      <c r="K28" s="5"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="5"/>
+      <c r="N28" s="5"/>
+      <c r="O28" s="5"/>
+      <c r="P28" s="5"/>
+      <c r="Q28" s="5"/>
+      <c r="R28" s="5"/>
+      <c r="S28" s="5"/>
+      <c r="T28" s="5"/>
+      <c r="U28" s="5"/>
+      <c r="V28" s="5"/>
+      <c r="W28" s="5"/>
+      <c r="X28" s="5"/>
+      <c r="Y28" s="5"/>
+      <c r="Z28" s="5"/>
+      <c r="AA28" s="5"/>
+      <c r="AB28" s="5"/>
+      <c r="AC28" s="5"/>
+      <c r="AD28" s="5"/>
+      <c r="AE28" s="5"/>
+      <c r="AF28" s="5"/>
+      <c r="AG28" s="5"/>
+      <c r="AH28" s="5"/>
+      <c r="AI28" s="5"/>
+      <c r="AJ28" s="5"/>
+      <c r="AK28" s="5"/>
+      <c r="AL28" s="5"/>
+      <c r="AM28" s="5"/>
+      <c r="AN28" s="5"/>
+      <c r="AO28" s="5"/>
+      <c r="AP28" s="5"/>
+      <c r="AQ28" s="5"/>
+      <c r="AR28" s="5"/>
+      <c r="AS28" s="5"/>
+      <c r="AT28" s="5"/>
+      <c r="AU28" s="5"/>
+      <c r="AV28" s="5"/>
+      <c r="AW28" s="5"/>
+      <c r="AX28" s="5"/>
+      <c r="AY28" s="5"/>
+      <c r="AZ28" s="5"/>
+      <c r="BA28" s="5"/>
+      <c r="BB28" s="5"/>
+      <c r="BC28" s="5"/>
+      <c r="BD28" s="5"/>
+      <c r="BE28" s="5"/>
+      <c r="BF28" s="5"/>
+      <c r="BG28" s="5"/>
+      <c r="BH28" s="5"/>
+      <c r="BI28" s="5"/>
+      <c r="BJ28" s="5"/>
+      <c r="BK28" s="5"/>
+      <c r="BL28" s="5"/>
+      <c r="BM28" s="5"/>
+      <c r="BN28" s="5"/>
+      <c r="BO28" s="5"/>
+      <c r="BP28" s="5"/>
+      <c r="BQ28" s="5"/>
+      <c r="BR28" s="5"/>
+      <c r="BS28" s="5"/>
+      <c r="BT28" s="5"/>
+    </row>
+    <row r="29" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="27" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H29" s="26"/>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5"/>
+      <c r="K29" s="5"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="5"/>
+      <c r="N29" s="5"/>
+      <c r="O29" s="5"/>
+      <c r="P29" s="5"/>
+      <c r="Q29" s="5"/>
+      <c r="R29" s="5"/>
+      <c r="S29" s="5"/>
+      <c r="T29" s="5"/>
+      <c r="U29" s="5"/>
+      <c r="V29" s="5"/>
+      <c r="W29" s="5"/>
+      <c r="X29" s="5"/>
+      <c r="Y29" s="5"/>
+      <c r="Z29" s="5"/>
+      <c r="AA29" s="5"/>
+      <c r="AB29" s="5"/>
+      <c r="AC29" s="5"/>
+      <c r="AD29" s="5"/>
+      <c r="AE29" s="5"/>
+      <c r="AF29" s="5"/>
+      <c r="AG29" s="5"/>
+      <c r="AH29" s="5"/>
+      <c r="AI29" s="5"/>
+      <c r="AJ29" s="5"/>
+      <c r="AK29" s="5"/>
+      <c r="AL29" s="5"/>
+      <c r="AM29" s="5"/>
+      <c r="AN29" s="5"/>
+      <c r="AO29" s="5"/>
+      <c r="AP29" s="5"/>
+      <c r="AQ29" s="5"/>
+      <c r="AR29" s="5"/>
+      <c r="AS29" s="5"/>
+      <c r="AT29" s="5"/>
+      <c r="AU29" s="5"/>
+      <c r="AV29" s="5"/>
+      <c r="AW29" s="5"/>
+      <c r="AX29" s="5"/>
+      <c r="AY29" s="5"/>
+      <c r="AZ29" s="5"/>
+      <c r="BA29" s="5"/>
+      <c r="BB29" s="5"/>
+      <c r="BC29" s="5"/>
+      <c r="BD29" s="5"/>
+      <c r="BE29" s="5"/>
+      <c r="BF29" s="5"/>
+      <c r="BG29" s="5"/>
+      <c r="BH29" s="5"/>
+      <c r="BI29" s="5"/>
+      <c r="BJ29" s="5"/>
+      <c r="BK29" s="5"/>
+      <c r="BL29" s="5"/>
+      <c r="BM29" s="5"/>
+      <c r="BN29" s="5"/>
+      <c r="BO29" s="5"/>
+      <c r="BP29" s="5"/>
+      <c r="BQ29" s="5"/>
+      <c r="BR29" s="5"/>
+      <c r="BS29" s="5"/>
+      <c r="BT29" s="5"/>
+    </row>
+    <row r="30" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="22"/>
+      <c r="C30" s="27" t="s">
+        <v>53</v>
+      </c>
+      <c r="D30" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="E30" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F30" s="25"/>
+      <c r="G30" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H30" s="26"/>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5"/>
+      <c r="K30" s="5"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="5"/>
+      <c r="N30" s="5"/>
+      <c r="O30" s="5"/>
+      <c r="P30" s="5"/>
+      <c r="Q30" s="5"/>
+      <c r="R30" s="5"/>
+      <c r="S30" s="5"/>
+      <c r="T30" s="5"/>
+      <c r="U30" s="5"/>
+      <c r="V30" s="5"/>
+      <c r="W30" s="5"/>
+      <c r="X30" s="5"/>
+      <c r="Y30" s="5"/>
+      <c r="Z30" s="5"/>
+      <c r="AA30" s="5"/>
+      <c r="AB30" s="5"/>
+      <c r="AC30" s="5"/>
+      <c r="AD30" s="5"/>
+      <c r="AE30" s="5"/>
+      <c r="AF30" s="5"/>
+      <c r="AG30" s="5"/>
+      <c r="AH30" s="5"/>
+      <c r="AI30" s="5"/>
+      <c r="AJ30" s="5"/>
+      <c r="AK30" s="5"/>
+      <c r="AL30" s="5"/>
+      <c r="AM30" s="5"/>
+      <c r="AN30" s="5"/>
+      <c r="AO30" s="5"/>
+      <c r="AP30" s="5"/>
+      <c r="AQ30" s="5"/>
+      <c r="AR30" s="5"/>
+      <c r="AS30" s="5"/>
+      <c r="AT30" s="5"/>
+      <c r="AU30" s="5"/>
+      <c r="AV30" s="5"/>
+      <c r="AW30" s="5"/>
+      <c r="AX30" s="5"/>
+      <c r="AY30" s="5"/>
+      <c r="AZ30" s="5"/>
+      <c r="BA30" s="5"/>
+      <c r="BB30" s="5"/>
+      <c r="BC30" s="5"/>
+      <c r="BD30" s="5"/>
+      <c r="BE30" s="5"/>
+      <c r="BF30" s="5"/>
+      <c r="BG30" s="5"/>
+      <c r="BH30" s="5"/>
+      <c r="BI30" s="5"/>
+      <c r="BJ30" s="5"/>
+      <c r="BK30" s="5"/>
+      <c r="BL30" s="5"/>
+      <c r="BM30" s="5"/>
+      <c r="BN30" s="5"/>
+      <c r="BO30" s="5"/>
+      <c r="BP30" s="5"/>
+      <c r="BQ30" s="5"/>
+      <c r="BR30" s="5"/>
+      <c r="BS30" s="5"/>
+      <c r="BT30" s="5"/>
+    </row>
+    <row r="31" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" s="22"/>
+      <c r="C31" s="27" t="s">
+        <v>55</v>
+      </c>
+      <c r="D31" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="E31" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31" s="25"/>
+      <c r="G31" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H31" s="26"/>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5"/>
+      <c r="K31" s="5"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="5"/>
+      <c r="N31" s="5"/>
+      <c r="O31" s="5"/>
+      <c r="P31" s="5"/>
+      <c r="Q31" s="5"/>
+      <c r="R31" s="5"/>
+      <c r="S31" s="5"/>
+      <c r="T31" s="5"/>
+      <c r="U31" s="5"/>
+      <c r="V31" s="5"/>
+      <c r="W31" s="5"/>
+      <c r="X31" s="5"/>
+      <c r="Y31" s="5"/>
+      <c r="Z31" s="5"/>
+      <c r="AA31" s="5"/>
+      <c r="AB31" s="5"/>
+      <c r="AC31" s="5"/>
+      <c r="AD31" s="5"/>
+      <c r="AE31" s="5"/>
+      <c r="AF31" s="5"/>
+      <c r="AG31" s="5"/>
+      <c r="AH31" s="5"/>
+      <c r="AI31" s="5"/>
+      <c r="AJ31" s="5"/>
+      <c r="AK31" s="5"/>
+      <c r="AL31" s="5"/>
+      <c r="AM31" s="5"/>
+      <c r="AN31" s="5"/>
+      <c r="AO31" s="5"/>
+      <c r="AP31" s="5"/>
+      <c r="AQ31" s="5"/>
+      <c r="AR31" s="5"/>
+      <c r="AS31" s="5"/>
+      <c r="AT31" s="5"/>
+      <c r="AU31" s="5"/>
+      <c r="AV31" s="5"/>
+      <c r="AW31" s="5"/>
+      <c r="AX31" s="5"/>
+      <c r="AY31" s="5"/>
+      <c r="AZ31" s="5"/>
+      <c r="BA31" s="5"/>
+      <c r="BB31" s="5"/>
+      <c r="BC31" s="5"/>
+      <c r="BD31" s="5"/>
+      <c r="BE31" s="5"/>
+      <c r="BF31" s="5"/>
+      <c r="BG31" s="5"/>
+      <c r="BH31" s="5"/>
+      <c r="BI31" s="5"/>
+      <c r="BJ31" s="5"/>
+      <c r="BK31" s="5"/>
+      <c r="BL31" s="5"/>
+      <c r="BM31" s="5"/>
+      <c r="BN31" s="5"/>
+      <c r="BO31" s="5"/>
+      <c r="BP31" s="5"/>
+      <c r="BQ31" s="5"/>
+      <c r="BR31" s="5"/>
+      <c r="BS31" s="5"/>
+      <c r="BT31" s="5"/>
+    </row>
+    <row r="32" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="C32" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D32" s="24" t="s">
+        <v>59</v>
+      </c>
+      <c r="E32" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F32" s="25"/>
+      <c r="G32" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32" s="26"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+      <c r="K32" s="5"/>
+      <c r="L32" s="5"/>
+      <c r="M32" s="5"/>
+      <c r="N32" s="5"/>
+      <c r="O32" s="5"/>
+      <c r="P32" s="5"/>
+      <c r="Q32" s="5"/>
+      <c r="R32" s="5"/>
+      <c r="S32" s="5"/>
+      <c r="T32" s="5"/>
+      <c r="U32" s="5"/>
+      <c r="V32" s="5"/>
+      <c r="W32" s="5"/>
+      <c r="X32" s="5"/>
+      <c r="Y32" s="5"/>
+      <c r="Z32" s="5"/>
+      <c r="AA32" s="5"/>
+      <c r="AB32" s="5"/>
+      <c r="AC32" s="5"/>
+      <c r="AD32" s="5"/>
+      <c r="AE32" s="5"/>
+      <c r="AF32" s="5"/>
+      <c r="AG32" s="5"/>
+      <c r="AH32" s="5"/>
+      <c r="AI32" s="5"/>
+      <c r="AJ32" s="5"/>
+      <c r="AK32" s="5"/>
+      <c r="AL32" s="5"/>
+      <c r="AM32" s="5"/>
+      <c r="AN32" s="5"/>
+      <c r="AO32" s="5"/>
+      <c r="AP32" s="5"/>
+      <c r="AQ32" s="5"/>
+      <c r="AR32" s="5"/>
+      <c r="AS32" s="5"/>
+      <c r="AT32" s="5"/>
+      <c r="AU32" s="5"/>
+      <c r="AV32" s="5"/>
+      <c r="AW32" s="5"/>
+      <c r="AX32" s="5"/>
+      <c r="AY32" s="5"/>
+      <c r="AZ32" s="5"/>
+      <c r="BA32" s="5"/>
+      <c r="BB32" s="5"/>
+      <c r="BC32" s="5"/>
+      <c r="BD32" s="5"/>
+      <c r="BE32" s="5"/>
+      <c r="BF32" s="5"/>
+      <c r="BG32" s="5"/>
+      <c r="BH32" s="5"/>
+      <c r="BI32" s="5"/>
+      <c r="BJ32" s="5"/>
+      <c r="BK32" s="5"/>
+      <c r="BL32" s="5"/>
+      <c r="BM32" s="5"/>
+      <c r="BN32" s="5"/>
+      <c r="BO32" s="5"/>
+      <c r="BP32" s="5"/>
+      <c r="BQ32" s="5"/>
+      <c r="BR32" s="5"/>
+      <c r="BS32" s="5"/>
+      <c r="BT32" s="5"/>
+    </row>
+    <row r="33" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B33" s="22"/>
+      <c r="C33" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D33" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="E33" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H33" s="26"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+      <c r="K33" s="5"/>
+      <c r="L33" s="5"/>
+      <c r="M33" s="5"/>
+      <c r="N33" s="5"/>
+      <c r="O33" s="5"/>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
+      <c r="R33" s="5"/>
+      <c r="S33" s="5"/>
+      <c r="T33" s="5"/>
+      <c r="U33" s="5"/>
+      <c r="V33" s="5"/>
+      <c r="W33" s="5"/>
+      <c r="X33" s="5"/>
+      <c r="Y33" s="5"/>
+      <c r="Z33" s="5"/>
+      <c r="AA33" s="5"/>
+      <c r="AB33" s="5"/>
+      <c r="AC33" s="5"/>
+      <c r="AD33" s="5"/>
+      <c r="AE33" s="5"/>
+      <c r="AF33" s="5"/>
+      <c r="AG33" s="5"/>
+      <c r="AH33" s="5"/>
+      <c r="AI33" s="5"/>
+      <c r="AJ33" s="5"/>
+      <c r="AK33" s="5"/>
+      <c r="AL33" s="5"/>
+      <c r="AM33" s="5"/>
+      <c r="AN33" s="5"/>
+      <c r="AO33" s="5"/>
+      <c r="AP33" s="5"/>
+      <c r="AQ33" s="5"/>
+      <c r="AR33" s="5"/>
+      <c r="AS33" s="5"/>
+      <c r="AT33" s="5"/>
+      <c r="AU33" s="5"/>
+      <c r="AV33" s="5"/>
+      <c r="AW33" s="5"/>
+      <c r="AX33" s="5"/>
+      <c r="AY33" s="5"/>
+      <c r="AZ33" s="5"/>
+      <c r="BA33" s="5"/>
+      <c r="BB33" s="5"/>
+      <c r="BC33" s="5"/>
+      <c r="BD33" s="5"/>
+      <c r="BE33" s="5"/>
+      <c r="BF33" s="5"/>
+      <c r="BG33" s="5"/>
+      <c r="BH33" s="5"/>
+      <c r="BI33" s="5"/>
+      <c r="BJ33" s="5"/>
+      <c r="BK33" s="5"/>
+      <c r="BL33" s="5"/>
+      <c r="BM33" s="5"/>
+      <c r="BN33" s="5"/>
+      <c r="BO33" s="5"/>
+      <c r="BP33" s="5"/>
+      <c r="BQ33" s="5"/>
+      <c r="BR33" s="5"/>
+      <c r="BS33" s="5"/>
+      <c r="BT33" s="5"/>
+    </row>
+    <row r="34" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="22"/>
+      <c r="C34" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="D34" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E34" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F34" s="25"/>
+      <c r="G34" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H34" s="26"/>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5"/>
+      <c r="K34" s="5"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="5"/>
+      <c r="N34" s="5"/>
+      <c r="O34" s="5"/>
+      <c r="P34" s="5"/>
+      <c r="Q34" s="5"/>
+      <c r="R34" s="5"/>
+      <c r="S34" s="5"/>
+      <c r="T34" s="5"/>
+      <c r="U34" s="5"/>
+      <c r="V34" s="5"/>
+      <c r="W34" s="5"/>
+      <c r="X34" s="5"/>
+      <c r="Y34" s="5"/>
+      <c r="Z34" s="5"/>
+      <c r="AA34" s="5"/>
+      <c r="AB34" s="5"/>
+      <c r="AC34" s="5"/>
+      <c r="AD34" s="5"/>
+      <c r="AE34" s="5"/>
+      <c r="AF34" s="5"/>
+      <c r="AG34" s="5"/>
+      <c r="AH34" s="5"/>
+      <c r="AI34" s="5"/>
+      <c r="AJ34" s="5"/>
+      <c r="AK34" s="5"/>
+      <c r="AL34" s="5"/>
+      <c r="AM34" s="5"/>
+      <c r="AN34" s="5"/>
+      <c r="AO34" s="5"/>
+      <c r="AP34" s="5"/>
+      <c r="AQ34" s="5"/>
+      <c r="AR34" s="5"/>
+      <c r="AS34" s="5"/>
+      <c r="AT34" s="5"/>
+      <c r="AU34" s="5"/>
+      <c r="AV34" s="5"/>
+      <c r="AW34" s="5"/>
+      <c r="AX34" s="5"/>
+      <c r="AY34" s="5"/>
+      <c r="AZ34" s="5"/>
+      <c r="BA34" s="5"/>
+      <c r="BB34" s="5"/>
+      <c r="BC34" s="5"/>
+      <c r="BD34" s="5"/>
+      <c r="BE34" s="5"/>
+      <c r="BF34" s="5"/>
+      <c r="BG34" s="5"/>
+      <c r="BH34" s="5"/>
+      <c r="BI34" s="5"/>
+      <c r="BJ34" s="5"/>
+      <c r="BK34" s="5"/>
+      <c r="BL34" s="5"/>
+      <c r="BM34" s="5"/>
+      <c r="BN34" s="5"/>
+      <c r="BO34" s="5"/>
+      <c r="BP34" s="5"/>
+      <c r="BQ34" s="5"/>
+      <c r="BR34" s="5"/>
+      <c r="BS34" s="5"/>
+      <c r="BT34" s="5"/>
+    </row>
+    <row r="35" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A35" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B35" s="22"/>
+      <c r="C35" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="E35" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F35" s="25"/>
+      <c r="G35" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H35" s="26"/>
+    </row>
+    <row r="36" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A36" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36" s="22"/>
+      <c r="C36" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="D36" s="24" t="s">
+        <v>66</v>
+      </c>
+      <c r="E36" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F36" s="25"/>
+      <c r="G36" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H36" s="26"/>
+    </row>
+    <row r="37" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A37" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B37" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="C37" s="27" t="s">
+        <v>68</v>
+      </c>
+      <c r="D37" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="E37" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F37" s="25"/>
+      <c r="G37" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H37" s="26"/>
+    </row>
+    <row r="38" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A38" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B38" s="22"/>
+      <c r="C38" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="D38" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="E38" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F38" s="25"/>
+      <c r="G38" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H38" s="26"/>
+    </row>
+    <row r="39" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A39" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="22"/>
+      <c r="C39" s="27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="E39" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F39" s="25"/>
+      <c r="G39" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H39" s="26"/>
+    </row>
+    <row r="40" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A40" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B40" s="22"/>
+      <c r="C40" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D40" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="E40" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F40" s="25"/>
+      <c r="G40" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H40" s="26"/>
+    </row>
+    <row r="41" spans="1:72" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B41" s="22"/>
+      <c r="C41" s="27" t="s">
+        <v>142</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>143</v>
+      </c>
+      <c r="E41" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F41" s="25"/>
+      <c r="G41" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H41" s="26"/>
+    </row>
+    <row r="42" spans="1:72" ht="30" x14ac:dyDescent="0.25">
+      <c r="A42" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" s="22"/>
+      <c r="C42" s="27" t="s">
+        <v>144</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>152</v>
+      </c>
+      <c r="E42" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F42" s="25"/>
+      <c r="G42" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H42" s="26"/>
+    </row>
+    <row r="43" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A43" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B43" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F43" s="15"/>
+      <c r="G43" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H43" s="18"/>
+    </row>
+    <row r="44" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A44" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B44" s="12"/>
+      <c r="C44" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E44" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F44" s="15"/>
+      <c r="G44" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H44" s="18"/>
+    </row>
+    <row r="45" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A45" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B45" s="12"/>
+      <c r="C45" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F45" s="15"/>
+      <c r="G45" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H45" s="18"/>
+    </row>
+    <row r="46" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A46" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B46" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C46" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F46" s="15"/>
+      <c r="G46" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H46" s="18"/>
+    </row>
+    <row r="47" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A47" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F47" s="15"/>
+      <c r="G47" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H47" s="18"/>
+    </row>
+    <row r="48" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A48" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B48" s="12"/>
+      <c r="C48" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="D48" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F48" s="15"/>
+      <c r="G48" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H48" s="18"/>
+    </row>
+    <row r="49" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B49" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="D49" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="E49" s="17"/>
+      <c r="F49" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="G49" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H49" s="19"/>
+    </row>
+    <row r="50" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="D50" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="E50" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F50" s="17"/>
+      <c r="G50" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H50" s="19"/>
+    </row>
+    <row r="51" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B51" s="12"/>
+      <c r="C51" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D51" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E51" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F51" s="17"/>
+      <c r="G51" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H51" s="19"/>
+    </row>
+    <row r="52" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="12"/>
+      <c r="C52" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="D52" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="E52" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F52" s="17"/>
+      <c r="G52" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H52" s="19"/>
+    </row>
+    <row r="53" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B53" s="12"/>
+      <c r="C53" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F53" s="17"/>
+      <c r="G53" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H53" s="19"/>
+    </row>
+    <row r="54" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B54" s="12"/>
+      <c r="C54" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="D54" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F54" s="17"/>
+      <c r="G54" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H54" s="19"/>
+    </row>
+    <row r="55" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B55" s="12"/>
+      <c r="C55" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F55" s="17"/>
+      <c r="G55" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H55" s="19"/>
+    </row>
+    <row r="56" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F56" s="17"/>
+      <c r="G56" s="41" t="s">
+        <v>133</v>
+      </c>
+      <c r="H56" s="19"/>
+    </row>
+    <row r="57" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B57" s="12"/>
+      <c r="C57" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D57" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F57" s="17"/>
+      <c r="G57" s="41" t="s">
+        <v>133</v>
+      </c>
+      <c r="H57" s="19"/>
+    </row>
+    <row r="58" spans="1:72" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B58" s="12"/>
+      <c r="C58" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D58" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F58" s="15"/>
+      <c r="G58" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H58" s="18"/>
+    </row>
+    <row r="59" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A59" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B59" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C59" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D59" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F59" s="15"/>
+      <c r="G59" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H59" s="18"/>
+    </row>
+    <row r="60" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B60" s="12"/>
+      <c r="C60" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D60" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F60" s="15"/>
+      <c r="G60" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H60" s="18"/>
+      <c r="I60" s="5"/>
+      <c r="J60" s="5"/>
+      <c r="K60" s="5"/>
+      <c r="L60" s="5"/>
+      <c r="M60" s="5"/>
+      <c r="N60" s="5"/>
+      <c r="O60" s="5"/>
+      <c r="P60" s="5"/>
+      <c r="Q60" s="5"/>
+      <c r="R60" s="5"/>
+      <c r="S60" s="5"/>
+      <c r="T60" s="5"/>
+      <c r="U60" s="5"/>
+      <c r="V60" s="5"/>
+      <c r="W60" s="5"/>
+      <c r="X60" s="5"/>
+      <c r="Y60" s="5"/>
+      <c r="Z60" s="5"/>
+      <c r="AA60" s="5"/>
+      <c r="AB60" s="5"/>
+      <c r="AC60" s="5"/>
+      <c r="AD60" s="5"/>
+      <c r="AE60" s="5"/>
+      <c r="AF60" s="5"/>
+      <c r="AG60" s="5"/>
+      <c r="AH60" s="5"/>
+      <c r="AI60" s="5"/>
+      <c r="AJ60" s="5"/>
+      <c r="AK60" s="5"/>
+      <c r="AL60" s="5"/>
+      <c r="AM60" s="5"/>
+      <c r="AN60" s="5"/>
+      <c r="AO60" s="5"/>
+      <c r="AP60" s="5"/>
+      <c r="AQ60" s="5"/>
+      <c r="AR60" s="5"/>
+      <c r="AS60" s="5"/>
+      <c r="AT60" s="5"/>
+      <c r="AU60" s="5"/>
+      <c r="AV60" s="5"/>
+      <c r="AW60" s="5"/>
+      <c r="AX60" s="5"/>
+      <c r="AY60" s="5"/>
+      <c r="AZ60" s="5"/>
+      <c r="BA60" s="5"/>
+      <c r="BB60" s="5"/>
+      <c r="BC60" s="5"/>
+      <c r="BD60" s="5"/>
+      <c r="BE60" s="5"/>
+      <c r="BF60" s="5"/>
+      <c r="BG60" s="5"/>
+      <c r="BH60" s="5"/>
+      <c r="BI60" s="5"/>
+      <c r="BJ60" s="5"/>
+      <c r="BK60" s="5"/>
+      <c r="BL60" s="5"/>
+      <c r="BM60" s="5"/>
+      <c r="BN60" s="5"/>
+      <c r="BO60" s="5"/>
+      <c r="BP60" s="5"/>
+      <c r="BQ60" s="5"/>
+      <c r="BR60" s="5"/>
+      <c r="BS60" s="5"/>
+      <c r="BT60" s="5"/>
+    </row>
+    <row r="61" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A61" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B61" s="12"/>
+      <c r="C61" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D61" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F61" s="15"/>
+      <c r="G61" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H61" s="18"/>
+    </row>
+    <row r="62" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A62" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B62" s="12"/>
+      <c r="C62" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D62" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F62" s="15"/>
+      <c r="G62" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H62" s="18"/>
+    </row>
+    <row r="63" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A63" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B63" s="12"/>
+      <c r="C63" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D63" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F63" s="15"/>
+      <c r="G63" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H63" s="18"/>
+    </row>
+    <row r="64" spans="1:72" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A64" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B64" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C64" s="50" t="s">
+        <v>88</v>
+      </c>
+      <c r="D64" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="E64" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F64" s="25"/>
+      <c r="G64" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="H64" s="26"/>
+      <c r="I64" s="5"/>
+      <c r="J64" s="5"/>
+      <c r="K64" s="5"/>
+      <c r="L64" s="5"/>
+      <c r="M64" s="5"/>
+      <c r="N64" s="5"/>
+      <c r="O64" s="5"/>
+      <c r="P64" s="5"/>
+      <c r="Q64" s="5"/>
+      <c r="R64" s="5"/>
+      <c r="S64" s="5"/>
+      <c r="T64" s="5"/>
+      <c r="U64" s="5"/>
+      <c r="V64" s="5"/>
+      <c r="W64" s="5"/>
+      <c r="X64" s="5"/>
+      <c r="Y64" s="5"/>
+      <c r="Z64" s="5"/>
+      <c r="AA64" s="5"/>
+      <c r="AB64" s="5"/>
+      <c r="AC64" s="5"/>
+      <c r="AD64" s="5"/>
+      <c r="AE64" s="5"/>
+      <c r="AF64" s="5"/>
+      <c r="AG64" s="5"/>
+      <c r="AH64" s="5"/>
+      <c r="AI64" s="5"/>
+      <c r="AJ64" s="5"/>
+      <c r="AK64" s="5"/>
+      <c r="AL64" s="5"/>
+      <c r="AM64" s="5"/>
+      <c r="AN64" s="5"/>
+      <c r="AO64" s="5"/>
+      <c r="AP64" s="5"/>
+      <c r="AQ64" s="5"/>
+      <c r="AR64" s="5"/>
+      <c r="AS64" s="5"/>
+      <c r="AT64" s="5"/>
+      <c r="AU64" s="5"/>
+      <c r="AV64" s="5"/>
+      <c r="AW64" s="5"/>
+      <c r="AX64" s="5"/>
+      <c r="AY64" s="5"/>
+      <c r="AZ64" s="5"/>
+      <c r="BA64" s="5"/>
+      <c r="BB64" s="5"/>
+      <c r="BC64" s="5"/>
+      <c r="BD64" s="5"/>
+      <c r="BE64" s="5"/>
+      <c r="BF64" s="5"/>
+      <c r="BG64" s="5"/>
+      <c r="BH64" s="5"/>
+      <c r="BI64" s="5"/>
+      <c r="BJ64" s="5"/>
+      <c r="BK64" s="5"/>
+      <c r="BL64" s="5"/>
+      <c r="BM64" s="5"/>
+      <c r="BN64" s="5"/>
+      <c r="BO64" s="5"/>
+      <c r="BP64" s="5"/>
+      <c r="BQ64" s="5"/>
+      <c r="BR64" s="5"/>
+      <c r="BS64" s="5"/>
+      <c r="BT64" s="5"/>
+    </row>
+    <row r="65" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B65" s="22"/>
+      <c r="C65" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D65" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E65" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F65" s="25"/>
+      <c r="G65" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="H65" s="26"/>
+      <c r="I65" s="5"/>
+      <c r="J65" s="5"/>
+      <c r="K65" s="5"/>
+      <c r="L65" s="5"/>
+      <c r="M65" s="5"/>
+      <c r="N65" s="5"/>
+      <c r="O65" s="5"/>
+      <c r="P65" s="5"/>
+      <c r="Q65" s="5"/>
+      <c r="R65" s="5"/>
+      <c r="S65" s="5"/>
+      <c r="T65" s="5"/>
+      <c r="U65" s="5"/>
+      <c r="V65" s="5"/>
+      <c r="W65" s="5"/>
+      <c r="X65" s="5"/>
+      <c r="Y65" s="5"/>
+      <c r="Z65" s="5"/>
+      <c r="AA65" s="5"/>
+      <c r="AB65" s="5"/>
+      <c r="AC65" s="5"/>
+      <c r="AD65" s="5"/>
+      <c r="AE65" s="5"/>
+      <c r="AF65" s="5"/>
+      <c r="AG65" s="5"/>
+      <c r="AH65" s="5"/>
+      <c r="AI65" s="5"/>
+      <c r="AJ65" s="5"/>
+      <c r="AK65" s="5"/>
+      <c r="AL65" s="5"/>
+      <c r="AM65" s="5"/>
+      <c r="AN65" s="5"/>
+      <c r="AO65" s="5"/>
+      <c r="AP65" s="5"/>
+      <c r="AQ65" s="5"/>
+      <c r="AR65" s="5"/>
+      <c r="AS65" s="5"/>
+      <c r="AT65" s="5"/>
+      <c r="AU65" s="5"/>
+      <c r="AV65" s="5"/>
+      <c r="AW65" s="5"/>
+      <c r="AX65" s="5"/>
+      <c r="AY65" s="5"/>
+      <c r="AZ65" s="5"/>
+      <c r="BA65" s="5"/>
+      <c r="BB65" s="5"/>
+      <c r="BC65" s="5"/>
+      <c r="BD65" s="5"/>
+      <c r="BE65" s="5"/>
+      <c r="BF65" s="5"/>
+      <c r="BG65" s="5"/>
+      <c r="BH65" s="5"/>
+      <c r="BI65" s="5"/>
+      <c r="BJ65" s="5"/>
+      <c r="BK65" s="5"/>
+      <c r="BL65" s="5"/>
+      <c r="BM65" s="5"/>
+      <c r="BN65" s="5"/>
+      <c r="BO65" s="5"/>
+      <c r="BP65" s="5"/>
+      <c r="BQ65" s="5"/>
+      <c r="BR65" s="5"/>
+      <c r="BS65" s="5"/>
+      <c r="BT65" s="5"/>
+    </row>
+    <row r="66" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B66" s="22"/>
+      <c r="C66" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="D66" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E66" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F66" s="25"/>
+      <c r="G66" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H66" s="26"/>
+      <c r="I66" s="5"/>
+      <c r="J66" s="5"/>
+      <c r="K66" s="5"/>
+      <c r="L66" s="5"/>
+      <c r="M66" s="5"/>
+      <c r="N66" s="5"/>
+      <c r="O66" s="5"/>
+      <c r="P66" s="5"/>
+      <c r="Q66" s="5"/>
+      <c r="R66" s="5"/>
+      <c r="S66" s="5"/>
+      <c r="T66" s="5"/>
+      <c r="U66" s="5"/>
+      <c r="V66" s="5"/>
+      <c r="W66" s="5"/>
+      <c r="X66" s="5"/>
+      <c r="Y66" s="5"/>
+      <c r="Z66" s="5"/>
+      <c r="AA66" s="5"/>
+      <c r="AB66" s="5"/>
+      <c r="AC66" s="5"/>
+      <c r="AD66" s="5"/>
+      <c r="AE66" s="5"/>
+      <c r="AF66" s="5"/>
+      <c r="AG66" s="5"/>
+      <c r="AH66" s="5"/>
+      <c r="AI66" s="5"/>
+      <c r="AJ66" s="5"/>
+      <c r="AK66" s="5"/>
+      <c r="AL66" s="5"/>
+      <c r="AM66" s="5"/>
+      <c r="AN66" s="5"/>
+      <c r="AO66" s="5"/>
+      <c r="AP66" s="5"/>
+      <c r="AQ66" s="5"/>
+      <c r="AR66" s="5"/>
+      <c r="AS66" s="5"/>
+      <c r="AT66" s="5"/>
+      <c r="AU66" s="5"/>
+      <c r="AV66" s="5"/>
+      <c r="AW66" s="5"/>
+      <c r="AX66" s="5"/>
+      <c r="AY66" s="5"/>
+      <c r="AZ66" s="5"/>
+      <c r="BA66" s="5"/>
+      <c r="BB66" s="5"/>
+      <c r="BC66" s="5"/>
+      <c r="BD66" s="5"/>
+      <c r="BE66" s="5"/>
+      <c r="BF66" s="5"/>
+      <c r="BG66" s="5"/>
+      <c r="BH66" s="5"/>
+      <c r="BI66" s="5"/>
+      <c r="BJ66" s="5"/>
+      <c r="BK66" s="5"/>
+      <c r="BL66" s="5"/>
+      <c r="BM66" s="5"/>
+      <c r="BN66" s="5"/>
+      <c r="BO66" s="5"/>
+      <c r="BP66" s="5"/>
+      <c r="BQ66" s="5"/>
+      <c r="BR66" s="5"/>
+      <c r="BS66" s="5"/>
+      <c r="BT66" s="5"/>
+    </row>
+    <row r="67" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B67" s="22"/>
+      <c r="C67" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="D67" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="E67" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="H67" s="26"/>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5"/>
+      <c r="K67" s="5"/>
+      <c r="L67" s="5"/>
+      <c r="M67" s="5"/>
+      <c r="N67" s="5"/>
+      <c r="O67" s="5"/>
+      <c r="P67" s="5"/>
+      <c r="Q67" s="5"/>
+      <c r="R67" s="5"/>
+      <c r="S67" s="5"/>
+      <c r="T67" s="5"/>
+      <c r="U67" s="5"/>
+      <c r="V67" s="5"/>
+      <c r="W67" s="5"/>
+      <c r="X67" s="5"/>
+      <c r="Y67" s="5"/>
+      <c r="Z67" s="5"/>
+      <c r="AA67" s="5"/>
+      <c r="AB67" s="5"/>
+      <c r="AC67" s="5"/>
+      <c r="AD67" s="5"/>
+      <c r="AE67" s="5"/>
+      <c r="AF67" s="5"/>
+      <c r="AG67" s="5"/>
+      <c r="AH67" s="5"/>
+      <c r="AI67" s="5"/>
+      <c r="AJ67" s="5"/>
+      <c r="AK67" s="5"/>
+      <c r="AL67" s="5"/>
+      <c r="AM67" s="5"/>
+      <c r="AN67" s="5"/>
+      <c r="AO67" s="5"/>
+      <c r="AP67" s="5"/>
+      <c r="AQ67" s="5"/>
+      <c r="AR67" s="5"/>
+      <c r="AS67" s="5"/>
+      <c r="AT67" s="5"/>
+      <c r="AU67" s="5"/>
+      <c r="AV67" s="5"/>
+      <c r="AW67" s="5"/>
+      <c r="AX67" s="5"/>
+      <c r="AY67" s="5"/>
+      <c r="AZ67" s="5"/>
+      <c r="BA67" s="5"/>
+      <c r="BB67" s="5"/>
+      <c r="BC67" s="5"/>
+      <c r="BD67" s="5"/>
+      <c r="BE67" s="5"/>
+      <c r="BF67" s="5"/>
+      <c r="BG67" s="5"/>
+      <c r="BH67" s="5"/>
+      <c r="BI67" s="5"/>
+      <c r="BJ67" s="5"/>
+      <c r="BK67" s="5"/>
+      <c r="BL67" s="5"/>
+      <c r="BM67" s="5"/>
+      <c r="BN67" s="5"/>
+      <c r="BO67" s="5"/>
+      <c r="BP67" s="5"/>
+      <c r="BQ67" s="5"/>
+      <c r="BR67" s="5"/>
+      <c r="BS67" s="5"/>
+      <c r="BT67" s="5"/>
+    </row>
+    <row r="68" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B68" s="22"/>
+      <c r="C68" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="D68" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="E68" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H68" s="26"/>
+      <c r="I68" s="5"/>
+      <c r="J68" s="5"/>
+      <c r="K68" s="5"/>
+      <c r="L68" s="5"/>
+      <c r="M68" s="5"/>
+      <c r="N68" s="5"/>
+      <c r="O68" s="5"/>
+      <c r="P68" s="5"/>
+      <c r="Q68" s="5"/>
+      <c r="R68" s="5"/>
+      <c r="S68" s="5"/>
+      <c r="T68" s="5"/>
+      <c r="U68" s="5"/>
+      <c r="V68" s="5"/>
+      <c r="W68" s="5"/>
+      <c r="X68" s="5"/>
+      <c r="Y68" s="5"/>
+      <c r="Z68" s="5"/>
+      <c r="AA68" s="5"/>
+      <c r="AB68" s="5"/>
+      <c r="AC68" s="5"/>
+      <c r="AD68" s="5"/>
+      <c r="AE68" s="5"/>
+      <c r="AF68" s="5"/>
+      <c r="AG68" s="5"/>
+      <c r="AH68" s="5"/>
+      <c r="AI68" s="5"/>
+      <c r="AJ68" s="5"/>
+      <c r="AK68" s="5"/>
+      <c r="AL68" s="5"/>
+      <c r="AM68" s="5"/>
+      <c r="AN68" s="5"/>
+      <c r="AO68" s="5"/>
+      <c r="AP68" s="5"/>
+      <c r="AQ68" s="5"/>
+      <c r="AR68" s="5"/>
+      <c r="AS68" s="5"/>
+      <c r="AT68" s="5"/>
+      <c r="AU68" s="5"/>
+      <c r="AV68" s="5"/>
+      <c r="AW68" s="5"/>
+      <c r="AX68" s="5"/>
+      <c r="AY68" s="5"/>
+      <c r="AZ68" s="5"/>
+      <c r="BA68" s="5"/>
+      <c r="BB68" s="5"/>
+      <c r="BC68" s="5"/>
+      <c r="BD68" s="5"/>
+      <c r="BE68" s="5"/>
+      <c r="BF68" s="5"/>
+      <c r="BG68" s="5"/>
+      <c r="BH68" s="5"/>
+      <c r="BI68" s="5"/>
+      <c r="BJ68" s="5"/>
+      <c r="BK68" s="5"/>
+      <c r="BL68" s="5"/>
+      <c r="BM68" s="5"/>
+      <c r="BN68" s="5"/>
+      <c r="BO68" s="5"/>
+      <c r="BP68" s="5"/>
+      <c r="BQ68" s="5"/>
+      <c r="BR68" s="5"/>
+      <c r="BS68" s="5"/>
+      <c r="BT68" s="5"/>
+    </row>
+    <row r="69" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B69" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C69" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D69" s="24" t="s">
+        <v>81</v>
+      </c>
+      <c r="E69" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F69" s="25"/>
+      <c r="G69" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H69" s="26"/>
+      <c r="I69" s="5"/>
+      <c r="J69" s="5"/>
+      <c r="K69" s="5"/>
+      <c r="L69" s="5"/>
+      <c r="M69" s="5"/>
+      <c r="N69" s="5"/>
+      <c r="O69" s="5"/>
+      <c r="P69" s="5"/>
+      <c r="Q69" s="5"/>
+      <c r="R69" s="5"/>
+      <c r="S69" s="5"/>
+      <c r="T69" s="5"/>
+      <c r="U69" s="5"/>
+      <c r="V69" s="5"/>
+      <c r="W69" s="5"/>
+      <c r="X69" s="5"/>
+      <c r="Y69" s="5"/>
+      <c r="Z69" s="5"/>
+      <c r="AA69" s="5"/>
+      <c r="AB69" s="5"/>
+      <c r="AC69" s="5"/>
+      <c r="AD69" s="5"/>
+      <c r="AE69" s="5"/>
+      <c r="AF69" s="5"/>
+      <c r="AG69" s="5"/>
+      <c r="AH69" s="5"/>
+      <c r="AI69" s="5"/>
+      <c r="AJ69" s="5"/>
+      <c r="AK69" s="5"/>
+      <c r="AL69" s="5"/>
+      <c r="AM69" s="5"/>
+      <c r="AN69" s="5"/>
+      <c r="AO69" s="5"/>
+      <c r="AP69" s="5"/>
+      <c r="AQ69" s="5"/>
+      <c r="AR69" s="5"/>
+      <c r="AS69" s="5"/>
+      <c r="AT69" s="5"/>
+      <c r="AU69" s="5"/>
+      <c r="AV69" s="5"/>
+      <c r="AW69" s="5"/>
+      <c r="AX69" s="5"/>
+      <c r="AY69" s="5"/>
+      <c r="AZ69" s="5"/>
+      <c r="BA69" s="5"/>
+      <c r="BB69" s="5"/>
+      <c r="BC69" s="5"/>
+      <c r="BD69" s="5"/>
+      <c r="BE69" s="5"/>
+      <c r="BF69" s="5"/>
+      <c r="BG69" s="5"/>
+      <c r="BH69" s="5"/>
+      <c r="BI69" s="5"/>
+      <c r="BJ69" s="5"/>
+      <c r="BK69" s="5"/>
+      <c r="BL69" s="5"/>
+      <c r="BM69" s="5"/>
+      <c r="BN69" s="5"/>
+      <c r="BO69" s="5"/>
+      <c r="BP69" s="5"/>
+      <c r="BQ69" s="5"/>
+      <c r="BR69" s="5"/>
+      <c r="BS69" s="5"/>
+      <c r="BT69" s="5"/>
+    </row>
+    <row r="70" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B70" s="22"/>
+      <c r="C70" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="D70" s="24" t="s">
+        <v>82</v>
+      </c>
+      <c r="E70" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H70" s="26"/>
+      <c r="I70" s="5"/>
+      <c r="J70" s="5"/>
+      <c r="K70" s="5"/>
+      <c r="L70" s="5"/>
+      <c r="M70" s="5"/>
+      <c r="N70" s="5"/>
+      <c r="O70" s="5"/>
+      <c r="P70" s="5"/>
+      <c r="Q70" s="5"/>
+      <c r="R70" s="5"/>
+      <c r="S70" s="5"/>
+      <c r="T70" s="5"/>
+      <c r="U70" s="5"/>
+      <c r="V70" s="5"/>
+      <c r="W70" s="5"/>
+      <c r="X70" s="5"/>
+      <c r="Y70" s="5"/>
+      <c r="Z70" s="5"/>
+      <c r="AA70" s="5"/>
+      <c r="AB70" s="5"/>
+      <c r="AC70" s="5"/>
+      <c r="AD70" s="5"/>
+      <c r="AE70" s="5"/>
+      <c r="AF70" s="5"/>
+      <c r="AG70" s="5"/>
+      <c r="AH70" s="5"/>
+      <c r="AI70" s="5"/>
+      <c r="AJ70" s="5"/>
+      <c r="AK70" s="5"/>
+      <c r="AL70" s="5"/>
+      <c r="AM70" s="5"/>
+      <c r="AN70" s="5"/>
+      <c r="AO70" s="5"/>
+      <c r="AP70" s="5"/>
+      <c r="AQ70" s="5"/>
+      <c r="AR70" s="5"/>
+      <c r="AS70" s="5"/>
+      <c r="AT70" s="5"/>
+      <c r="AU70" s="5"/>
+      <c r="AV70" s="5"/>
+      <c r="AW70" s="5"/>
+      <c r="AX70" s="5"/>
+      <c r="AY70" s="5"/>
+      <c r="AZ70" s="5"/>
+      <c r="BA70" s="5"/>
+      <c r="BB70" s="5"/>
+      <c r="BC70" s="5"/>
+      <c r="BD70" s="5"/>
+      <c r="BE70" s="5"/>
+      <c r="BF70" s="5"/>
+      <c r="BG70" s="5"/>
+      <c r="BH70" s="5"/>
+      <c r="BI70" s="5"/>
+      <c r="BJ70" s="5"/>
+      <c r="BK70" s="5"/>
+      <c r="BL70" s="5"/>
+      <c r="BM70" s="5"/>
+      <c r="BN70" s="5"/>
+      <c r="BO70" s="5"/>
+      <c r="BP70" s="5"/>
+      <c r="BQ70" s="5"/>
+      <c r="BR70" s="5"/>
+      <c r="BS70" s="5"/>
+      <c r="BT70" s="5"/>
+    </row>
+    <row r="71" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B71" s="22"/>
+      <c r="C71" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="D71" s="24" t="s">
+        <v>83</v>
+      </c>
+      <c r="E71" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F71" s="25"/>
+      <c r="G71" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H71" s="26"/>
+      <c r="I71" s="5"/>
+      <c r="J71" s="5"/>
+      <c r="K71" s="5"/>
+      <c r="L71" s="5"/>
+      <c r="M71" s="5"/>
+      <c r="N71" s="5"/>
+      <c r="O71" s="5"/>
+      <c r="P71" s="5"/>
+      <c r="Q71" s="5"/>
+      <c r="R71" s="5"/>
+      <c r="S71" s="5"/>
+      <c r="T71" s="5"/>
+      <c r="U71" s="5"/>
+      <c r="V71" s="5"/>
+      <c r="W71" s="5"/>
+      <c r="X71" s="5"/>
+      <c r="Y71" s="5"/>
+      <c r="Z71" s="5"/>
+      <c r="AA71" s="5"/>
+      <c r="AB71" s="5"/>
+      <c r="AC71" s="5"/>
+      <c r="AD71" s="5"/>
+      <c r="AE71" s="5"/>
+      <c r="AF71" s="5"/>
+      <c r="AG71" s="5"/>
+      <c r="AH71" s="5"/>
+      <c r="AI71" s="5"/>
+      <c r="AJ71" s="5"/>
+      <c r="AK71" s="5"/>
+      <c r="AL71" s="5"/>
+      <c r="AM71" s="5"/>
+      <c r="AN71" s="5"/>
+      <c r="AO71" s="5"/>
+      <c r="AP71" s="5"/>
+      <c r="AQ71" s="5"/>
+      <c r="AR71" s="5"/>
+      <c r="AS71" s="5"/>
+      <c r="AT71" s="5"/>
+      <c r="AU71" s="5"/>
+      <c r="AV71" s="5"/>
+      <c r="AW71" s="5"/>
+      <c r="AX71" s="5"/>
+      <c r="AY71" s="5"/>
+      <c r="AZ71" s="5"/>
+      <c r="BA71" s="5"/>
+      <c r="BB71" s="5"/>
+      <c r="BC71" s="5"/>
+      <c r="BD71" s="5"/>
+      <c r="BE71" s="5"/>
+      <c r="BF71" s="5"/>
+      <c r="BG71" s="5"/>
+      <c r="BH71" s="5"/>
+      <c r="BI71" s="5"/>
+      <c r="BJ71" s="5"/>
+      <c r="BK71" s="5"/>
+      <c r="BL71" s="5"/>
+      <c r="BM71" s="5"/>
+      <c r="BN71" s="5"/>
+      <c r="BO71" s="5"/>
+      <c r="BP71" s="5"/>
+      <c r="BQ71" s="5"/>
+      <c r="BR71" s="5"/>
+      <c r="BS71" s="5"/>
+      <c r="BT71" s="5"/>
+    </row>
+    <row r="72" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B72" s="22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C72" s="27" t="s">
+        <v>51</v>
+      </c>
+      <c r="D72" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E72" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F72" s="25"/>
+      <c r="G72" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H72" s="26"/>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5"/>
+      <c r="K72" s="5"/>
+      <c r="L72" s="5"/>
+      <c r="M72" s="5"/>
+      <c r="N72" s="5"/>
+      <c r="O72" s="5"/>
+      <c r="P72" s="5"/>
+      <c r="Q72" s="5"/>
+      <c r="R72" s="5"/>
+      <c r="S72" s="5"/>
+      <c r="T72" s="5"/>
+      <c r="U72" s="5"/>
+      <c r="V72" s="5"/>
+      <c r="W72" s="5"/>
+      <c r="X72" s="5"/>
+      <c r="Y72" s="5"/>
+      <c r="Z72" s="5"/>
+      <c r="AA72" s="5"/>
+      <c r="AB72" s="5"/>
+      <c r="AC72" s="5"/>
+      <c r="AD72" s="5"/>
+      <c r="AE72" s="5"/>
+      <c r="AF72" s="5"/>
+      <c r="AG72" s="5"/>
+      <c r="AH72" s="5"/>
+      <c r="AI72" s="5"/>
+      <c r="AJ72" s="5"/>
+      <c r="AK72" s="5"/>
+      <c r="AL72" s="5"/>
+      <c r="AM72" s="5"/>
+      <c r="AN72" s="5"/>
+      <c r="AO72" s="5"/>
+      <c r="AP72" s="5"/>
+      <c r="AQ72" s="5"/>
+      <c r="AR72" s="5"/>
+      <c r="AS72" s="5"/>
+      <c r="AT72" s="5"/>
+      <c r="AU72" s="5"/>
+      <c r="AV72" s="5"/>
+      <c r="AW72" s="5"/>
+      <c r="AX72" s="5"/>
+      <c r="AY72" s="5"/>
+      <c r="AZ72" s="5"/>
+      <c r="BA72" s="5"/>
+      <c r="BB72" s="5"/>
+      <c r="BC72" s="5"/>
+      <c r="BD72" s="5"/>
+      <c r="BE72" s="5"/>
+      <c r="BF72" s="5"/>
+      <c r="BG72" s="5"/>
+      <c r="BH72" s="5"/>
+      <c r="BI72" s="5"/>
+      <c r="BJ72" s="5"/>
+      <c r="BK72" s="5"/>
+      <c r="BL72" s="5"/>
+      <c r="BM72" s="5"/>
+      <c r="BN72" s="5"/>
+      <c r="BO72" s="5"/>
+      <c r="BP72" s="5"/>
+      <c r="BQ72" s="5"/>
+      <c r="BR72" s="5"/>
+      <c r="BS72" s="5"/>
+      <c r="BT72" s="5"/>
+    </row>
+    <row r="73" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B73" s="22"/>
+      <c r="C73" s="27" t="s">
+        <v>53</v>
+      </c>
+      <c r="D73" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E73" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F73" s="25"/>
+      <c r="G73" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H73" s="26"/>
+      <c r="I73" s="5"/>
+      <c r="J73" s="5"/>
+      <c r="K73" s="5"/>
+      <c r="L73" s="5"/>
+      <c r="M73" s="5"/>
+      <c r="N73" s="5"/>
+      <c r="O73" s="5"/>
+      <c r="P73" s="5"/>
+      <c r="Q73" s="5"/>
+      <c r="R73" s="5"/>
+      <c r="S73" s="5"/>
+      <c r="T73" s="5"/>
+      <c r="U73" s="5"/>
+      <c r="V73" s="5"/>
+      <c r="W73" s="5"/>
+      <c r="X73" s="5"/>
+      <c r="Y73" s="5"/>
+      <c r="Z73" s="5"/>
+      <c r="AA73" s="5"/>
+      <c r="AB73" s="5"/>
+      <c r="AC73" s="5"/>
+      <c r="AD73" s="5"/>
+      <c r="AE73" s="5"/>
+      <c r="AF73" s="5"/>
+      <c r="AG73" s="5"/>
+      <c r="AH73" s="5"/>
+      <c r="AI73" s="5"/>
+      <c r="AJ73" s="5"/>
+      <c r="AK73" s="5"/>
+      <c r="AL73" s="5"/>
+      <c r="AM73" s="5"/>
+      <c r="AN73" s="5"/>
+      <c r="AO73" s="5"/>
+      <c r="AP73" s="5"/>
+      <c r="AQ73" s="5"/>
+      <c r="AR73" s="5"/>
+      <c r="AS73" s="5"/>
+      <c r="AT73" s="5"/>
+      <c r="AU73" s="5"/>
+      <c r="AV73" s="5"/>
+      <c r="AW73" s="5"/>
+      <c r="AX73" s="5"/>
+      <c r="AY73" s="5"/>
+      <c r="AZ73" s="5"/>
+      <c r="BA73" s="5"/>
+      <c r="BB73" s="5"/>
+      <c r="BC73" s="5"/>
+      <c r="BD73" s="5"/>
+      <c r="BE73" s="5"/>
+      <c r="BF73" s="5"/>
+      <c r="BG73" s="5"/>
+      <c r="BH73" s="5"/>
+      <c r="BI73" s="5"/>
+      <c r="BJ73" s="5"/>
+      <c r="BK73" s="5"/>
+      <c r="BL73" s="5"/>
+      <c r="BM73" s="5"/>
+      <c r="BN73" s="5"/>
+      <c r="BO73" s="5"/>
+      <c r="BP73" s="5"/>
+      <c r="BQ73" s="5"/>
+      <c r="BR73" s="5"/>
+      <c r="BS73" s="5"/>
+      <c r="BT73" s="5"/>
+    </row>
+    <row r="74" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B74" s="22"/>
+      <c r="C74" s="27" t="s">
+        <v>55</v>
+      </c>
+      <c r="D74" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="E74" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F74" s="25"/>
+      <c r="G74" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H74" s="26"/>
+      <c r="I74" s="5"/>
+      <c r="J74" s="5"/>
+      <c r="K74" s="5"/>
+      <c r="L74" s="5"/>
+      <c r="M74" s="5"/>
+      <c r="N74" s="5"/>
+      <c r="O74" s="5"/>
+      <c r="P74" s="5"/>
+      <c r="Q74" s="5"/>
+      <c r="R74" s="5"/>
+      <c r="S74" s="5"/>
+      <c r="T74" s="5"/>
+      <c r="U74" s="5"/>
+      <c r="V74" s="5"/>
+      <c r="W74" s="5"/>
+      <c r="X74" s="5"/>
+      <c r="Y74" s="5"/>
+      <c r="Z74" s="5"/>
+      <c r="AA74" s="5"/>
+      <c r="AB74" s="5"/>
+      <c r="AC74" s="5"/>
+      <c r="AD74" s="5"/>
+      <c r="AE74" s="5"/>
+      <c r="AF74" s="5"/>
+      <c r="AG74" s="5"/>
+      <c r="AH74" s="5"/>
+      <c r="AI74" s="5"/>
+      <c r="AJ74" s="5"/>
+      <c r="AK74" s="5"/>
+      <c r="AL74" s="5"/>
+      <c r="AM74" s="5"/>
+      <c r="AN74" s="5"/>
+      <c r="AO74" s="5"/>
+      <c r="AP74" s="5"/>
+      <c r="AQ74" s="5"/>
+      <c r="AR74" s="5"/>
+      <c r="AS74" s="5"/>
+      <c r="AT74" s="5"/>
+      <c r="AU74" s="5"/>
+      <c r="AV74" s="5"/>
+      <c r="AW74" s="5"/>
+      <c r="AX74" s="5"/>
+      <c r="AY74" s="5"/>
+      <c r="AZ74" s="5"/>
+      <c r="BA74" s="5"/>
+      <c r="BB74" s="5"/>
+      <c r="BC74" s="5"/>
+      <c r="BD74" s="5"/>
+      <c r="BE74" s="5"/>
+      <c r="BF74" s="5"/>
+      <c r="BG74" s="5"/>
+      <c r="BH74" s="5"/>
+      <c r="BI74" s="5"/>
+      <c r="BJ74" s="5"/>
+      <c r="BK74" s="5"/>
+      <c r="BL74" s="5"/>
+      <c r="BM74" s="5"/>
+      <c r="BN74" s="5"/>
+      <c r="BO74" s="5"/>
+      <c r="BP74" s="5"/>
+      <c r="BQ74" s="5"/>
+      <c r="BR74" s="5"/>
+      <c r="BS74" s="5"/>
+      <c r="BT74" s="5"/>
+    </row>
+    <row r="75" spans="1:72" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B75" s="22"/>
+      <c r="C75" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="D75" s="24" t="s">
+        <v>90</v>
+      </c>
+      <c r="E75" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F75" s="25"/>
+      <c r="G75" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H75" s="26"/>
+      <c r="I75" s="5"/>
+      <c r="J75" s="5"/>
+      <c r="K75" s="5"/>
+      <c r="L75" s="5"/>
+      <c r="M75" s="5"/>
+      <c r="N75" s="5"/>
+      <c r="O75" s="5"/>
+      <c r="P75" s="5"/>
+      <c r="Q75" s="5"/>
+      <c r="R75" s="5"/>
+      <c r="S75" s="5"/>
+      <c r="T75" s="5"/>
+      <c r="U75" s="5"/>
+      <c r="V75" s="5"/>
+      <c r="W75" s="5"/>
+      <c r="X75" s="5"/>
+      <c r="Y75" s="5"/>
+      <c r="Z75" s="5"/>
+      <c r="AA75" s="5"/>
+      <c r="AB75" s="5"/>
+      <c r="AC75" s="5"/>
+      <c r="AD75" s="5"/>
+      <c r="AE75" s="5"/>
+      <c r="AF75" s="5"/>
+      <c r="AG75" s="5"/>
+      <c r="AH75" s="5"/>
+      <c r="AI75" s="5"/>
+      <c r="AJ75" s="5"/>
+      <c r="AK75" s="5"/>
+      <c r="AL75" s="5"/>
+      <c r="AM75" s="5"/>
+      <c r="AN75" s="5"/>
+      <c r="AO75" s="5"/>
+      <c r="AP75" s="5"/>
+      <c r="AQ75" s="5"/>
+      <c r="AR75" s="5"/>
+      <c r="AS75" s="5"/>
+      <c r="AT75" s="5"/>
+      <c r="AU75" s="5"/>
+      <c r="AV75" s="5"/>
+      <c r="AW75" s="5"/>
+      <c r="AX75" s="5"/>
+      <c r="AY75" s="5"/>
+      <c r="AZ75" s="5"/>
+      <c r="BA75" s="5"/>
+      <c r="BB75" s="5"/>
+      <c r="BC75" s="5"/>
+      <c r="BD75" s="5"/>
+      <c r="BE75" s="5"/>
+      <c r="BF75" s="5"/>
+      <c r="BG75" s="5"/>
+      <c r="BH75" s="5"/>
+      <c r="BI75" s="5"/>
+      <c r="BJ75" s="5"/>
+      <c r="BK75" s="5"/>
+      <c r="BL75" s="5"/>
+      <c r="BM75" s="5"/>
+      <c r="BN75" s="5"/>
+      <c r="BO75" s="5"/>
+      <c r="BP75" s="5"/>
+      <c r="BQ75" s="5"/>
+      <c r="BR75" s="5"/>
+      <c r="BS75" s="5"/>
+      <c r="BT75" s="5"/>
+    </row>
+    <row r="76" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B76" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="C76" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="D76" s="24" t="s">
+        <v>92</v>
+      </c>
+      <c r="E76" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F76" s="29"/>
+      <c r="G76" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="H76" s="30"/>
+    </row>
+    <row r="77" spans="1:72" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B77" s="22"/>
+      <c r="C77" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="D77" s="24" t="s">
+        <v>94</v>
+      </c>
+      <c r="E77" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F77" s="29"/>
+      <c r="G77" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="H77" s="30"/>
+    </row>
+    <row r="78" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A78" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B78" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C78" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F78" s="15"/>
+      <c r="G78" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H78" s="18" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="79" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A79" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B79" s="12"/>
+      <c r="C79" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F79" s="15"/>
+      <c r="G79" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H79" s="18"/>
+    </row>
+    <row r="80" spans="1:72" x14ac:dyDescent="0.25">
+      <c r="A80" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B80" s="12"/>
+      <c r="C80" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="D80" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F80" s="15"/>
+      <c r="G80" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H80" s="18"/>
+    </row>
+    <row r="81" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B81" s="12"/>
+      <c r="C81" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D81" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F81" s="17"/>
+      <c r="G81" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="H81" s="19"/>
+    </row>
+    <row r="82" spans="1:8" s="36" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="31" t="s">
+        <v>95</v>
+      </c>
+      <c r="B82" s="32"/>
+      <c r="C82" s="32" t="s">
+        <v>100</v>
+      </c>
+      <c r="D82" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="E82" s="34" t="s">
+        <v>146</v>
+      </c>
+      <c r="F82" s="34"/>
+      <c r="G82" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H82" s="35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B83" s="12"/>
+      <c r="C83" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D83" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F83" s="17"/>
+      <c r="G83" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H83" s="19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A84" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B84" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C84" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="D84" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E84" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F84" s="15"/>
+      <c r="G84" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H84" s="18"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A85" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B85" s="12"/>
+      <c r="C85" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="D85" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="E85" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F85" s="15"/>
+      <c r="G85" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H85" s="18"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A86" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B86" s="12"/>
+      <c r="C86" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="D86" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="E86" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F86" s="15"/>
+      <c r="G86" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H86" s="18"/>
+    </row>
+    <row r="87" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B87" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="C87" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="D87" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E87" s="17" t="s">
+        <v>132</v>
+      </c>
+      <c r="F87" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="G87" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H87" s="19"/>
+    </row>
+    <row r="88" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B88" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C88" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="D88" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="E88" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F88" s="17"/>
+      <c r="G88" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H88" s="19"/>
+    </row>
+    <row r="89" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B89" s="12"/>
+      <c r="C89" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="D89" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F89" s="17"/>
+      <c r="G89" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H89" s="19"/>
+    </row>
+    <row r="90" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B90" s="12"/>
+      <c r="C90" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D90" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E90" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F90" s="17"/>
+      <c r="G90" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H90" s="19"/>
+    </row>
+    <row r="91" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B91" s="12"/>
+      <c r="C91" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="D91" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="E91" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F91" s="17"/>
+      <c r="G91" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H91" s="19"/>
+    </row>
+    <row r="92" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B92" s="12"/>
+      <c r="C92" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E92" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F92" s="17"/>
+      <c r="G92" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H92" s="19"/>
+    </row>
+    <row r="93" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B93" s="12"/>
+      <c r="C93" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="D93" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F93" s="17"/>
+      <c r="G93" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H93" s="19"/>
+    </row>
+    <row r="94" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B94" s="12"/>
+      <c r="C94" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F94" s="17"/>
+      <c r="G94" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H94" s="19"/>
+    </row>
+    <row r="95" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B95" s="12"/>
+      <c r="C95" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F95" s="17"/>
+      <c r="G95" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H95" s="19"/>
+    </row>
+    <row r="96" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B96" s="12"/>
+      <c r="C96" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D96" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F96" s="17"/>
+      <c r="G96" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H96" s="19"/>
+    </row>
+    <row r="97" spans="1:8" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B97" s="12"/>
+      <c r="C97" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D97" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F97" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="G97" s="40" t="s">
+        <v>183</v>
+      </c>
+      <c r="H97" s="18"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A98" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B98" s="12"/>
+      <c r="C98" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D98" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E98" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F98" s="15"/>
+      <c r="G98" s="40" t="s">
+        <v>183</v>
+      </c>
+      <c r="H98" s="18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A99" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B99" s="12"/>
+      <c r="C99" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D99" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F99" s="15"/>
+      <c r="G99" s="40" t="s">
+        <v>183</v>
+      </c>
+      <c r="H99" s="18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A100" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B100" s="12"/>
+      <c r="C100" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D100" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E100" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F100" s="15"/>
+      <c r="G100" s="40" t="s">
+        <v>170</v>
+      </c>
+      <c r="H100" s="18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A101" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B101" s="12"/>
+      <c r="C101" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="D101" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E101" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F101" s="15"/>
+      <c r="G101" s="40" t="s">
+        <v>183</v>
+      </c>
+      <c r="H101" s="18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A102" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B102" s="12"/>
+      <c r="C102" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D102" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E102" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F102" s="15"/>
+      <c r="G102" s="40" t="s">
+        <v>183</v>
+      </c>
+      <c r="H102" s="18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A103" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B103" s="12"/>
+      <c r="C103" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D103" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F103" s="15"/>
+      <c r="G103" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H103" s="18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A104" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B104" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C104" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="D104" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E104" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F104" s="15"/>
+      <c r="G104" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H104" s="18"/>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A105" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B105" s="12"/>
+      <c r="C105" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D105" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F105" s="15"/>
+      <c r="G105" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H105" s="18"/>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A106" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B106" s="12"/>
+      <c r="C106" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D106" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="E106" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F106" s="15"/>
+      <c r="G106" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H106" s="18"/>
+    </row>
+    <row r="107" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B107" s="12"/>
+      <c r="C107" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F107" s="17"/>
+      <c r="G107" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H107" s="19"/>
+    </row>
+    <row r="108" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B108" s="12"/>
+      <c r="C108" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D108" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E108" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F108" s="17"/>
+      <c r="G108" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H108" s="19"/>
+    </row>
+    <row r="109" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B109" s="12"/>
+      <c r="C109" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D109" s="14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E109" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F109" s="17"/>
+      <c r="G109" s="41" t="s">
+        <v>133</v>
+      </c>
+      <c r="H109" s="19"/>
+    </row>
+    <row r="110" spans="1:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B110" s="12"/>
+      <c r="C110" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D110" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E110" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F110" s="17"/>
+      <c r="G110" s="41" t="s">
+        <v>133</v>
+      </c>
+      <c r="H110" s="19"/>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A111" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B111" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C111" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D111" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E111" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F111" s="15"/>
+      <c r="G111" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H111" s="18"/>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A112" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B112" s="12"/>
+      <c r="C112" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D112" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E112" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F112" s="15"/>
+      <c r="G112" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H112" s="18"/>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A113" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B113" s="12"/>
+      <c r="C113" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D113" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E113" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F113" s="15"/>
+      <c r="G113" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H113" s="18"/>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A114" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B114" s="12"/>
+      <c r="C114" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D114" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F114" s="15"/>
+      <c r="G114" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H114" s="18"/>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A115" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B115" s="12"/>
+      <c r="C115" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D115" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F115" s="15"/>
+      <c r="G115" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H115" s="18"/>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A116" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B116" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C116" s="13" t="s">
+        <v>168</v>
+      </c>
+      <c r="D116" s="14" t="s">
+        <v>129</v>
+      </c>
+      <c r="E116" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F116" s="15"/>
+      <c r="G116" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H116" s="18"/>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A117" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B117" s="12"/>
+      <c r="C117" s="13" t="s">
         <v>169</v>
       </c>
-      <c r="B1" s="59"/>
-[...2 lines deleted...]
-      <c r="E1" s="56" t="s">
+      <c r="D117" s="14" t="s">
+        <v>128</v>
+      </c>
+      <c r="E117" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F117" s="15"/>
+      <c r="G117" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H117" s="18"/>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A118" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B118" s="12"/>
+      <c r="C118" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="D118" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E118" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F118" s="15"/>
+      <c r="G118" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H118" s="18"/>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A119" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B119" s="12"/>
+      <c r="C119" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D119" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E119" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F119" s="15"/>
+      <c r="G119" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="H119" s="18"/>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A120" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B120" s="22"/>
+      <c r="C120" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="E120" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F120" s="22"/>
+      <c r="G120" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H120" s="22"/>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A121" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B121" s="22"/>
+      <c r="C121" s="22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D121" s="22" t="s">
+        <v>131</v>
+      </c>
+      <c r="E121" s="25"/>
+      <c r="F121" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="G121" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H121" s="22"/>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A122" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B122" s="22"/>
+      <c r="C122" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="D122" s="22"/>
+      <c r="E122" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F122" s="22"/>
+      <c r="G122" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H122" s="22"/>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A123" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B123" s="22"/>
+      <c r="C123" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="D123" s="22"/>
+      <c r="E123" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F123" s="22"/>
+      <c r="G123" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H123" s="22"/>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A124" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B124" s="22"/>
+      <c r="C124" s="22" t="s">
+        <v>154</v>
+      </c>
+      <c r="D124" s="22"/>
+      <c r="E124" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F124" s="22"/>
+      <c r="G124" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H124" s="22"/>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A125" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B125" s="22"/>
+      <c r="C125" s="22" t="s">
         <v>168</v>
       </c>
-      <c r="F1" s="57"/>
-      <c r="G1" s="60" t="s">
+      <c r="D125" s="22"/>
+      <c r="E125" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F125" s="22"/>
+      <c r="G125" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H125" s="22"/>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A126" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B126" s="22"/>
+      <c r="C126" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="D126" s="22"/>
+      <c r="E126" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F126" s="22"/>
+      <c r="G126" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H126" s="22"/>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A127" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B127" s="22"/>
+      <c r="C127" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="D127" s="22"/>
+      <c r="E127" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F127" s="22"/>
+      <c r="G127" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H127" s="22"/>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A128" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B128" s="22"/>
+      <c r="C128" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D128" s="22"/>
+      <c r="E128" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F128" s="22"/>
+      <c r="G128" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H128" s="22"/>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A129" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B129" s="22"/>
+      <c r="C129" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="D129" s="22"/>
+      <c r="E129" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F129" s="22"/>
+      <c r="G129" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H129" s="22"/>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A130" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B130" s="22"/>
+      <c r="C130" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D130" s="22"/>
+      <c r="E130" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F130" s="22"/>
+      <c r="G130" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H130" s="22"/>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A131" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B131" s="22"/>
+      <c r="C131" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D131" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="E131" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F131" s="22"/>
+      <c r="G131" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H131" s="22"/>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A132" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B132" s="22"/>
+      <c r="C132" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D132" s="22"/>
+      <c r="E132" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F132" s="22"/>
+      <c r="G132" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H132" s="22"/>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A133" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B133" s="12"/>
+      <c r="C133" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" s="12"/>
+      <c r="E133" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F133" s="12"/>
+      <c r="G133" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="H133" s="12"/>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A134" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B134" s="12"/>
+      <c r="C134" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="D134" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="E134" s="15"/>
+      <c r="F134" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="G134" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H134" s="12"/>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A135" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B135" s="12"/>
+      <c r="C135" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="D135" s="12"/>
+      <c r="E135" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F135" s="12"/>
+      <c r="G135" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="H135" s="12"/>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A136" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B136" s="12"/>
+      <c r="C136" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="D136" s="12"/>
+      <c r="E136" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F136" s="12"/>
+      <c r="G136" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H136" s="12"/>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A137" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B137" s="12"/>
+      <c r="C137" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="D137" s="12"/>
+      <c r="E137" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F137" s="12"/>
+      <c r="G137" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H137" s="12"/>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A138" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B138" s="12"/>
+      <c r="C138" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D138" s="12"/>
+      <c r="E138" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F138" s="12"/>
+      <c r="G138" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="H138" s="12"/>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A139" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B139" s="12"/>
+      <c r="C139" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="D139" s="12"/>
+      <c r="E139" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F139" s="12"/>
+      <c r="G139" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="H139" s="12"/>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A140" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B140" s="12"/>
+      <c r="C140" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D140" s="12"/>
+      <c r="E140" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F140" s="12"/>
+      <c r="G140" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H140" s="12"/>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A141" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B141" s="12"/>
+      <c r="C141" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D141" s="12"/>
+      <c r="E141" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F141" s="12"/>
+      <c r="G141" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H141" s="12"/>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A142" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B142" s="12"/>
+      <c r="C142" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D142" s="12"/>
+      <c r="E142" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F142" s="12"/>
+      <c r="G142" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H142" s="12"/>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A143" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B143" s="12"/>
+      <c r="C143" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D143" s="12"/>
+      <c r="E143" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F143" s="12"/>
+      <c r="G143" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H143" s="12"/>
+    </row>
+    <row r="144" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A144" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B144" s="12"/>
+      <c r="C144" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="D144" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E144" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F144" s="12"/>
+      <c r="G144" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H144" s="12"/>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A145" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B145" s="12"/>
+      <c r="C145" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D145" s="12"/>
+      <c r="E145" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F145" s="12"/>
+      <c r="G145" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H145" s="12"/>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A146" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B146" s="22"/>
+      <c r="C146" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D146" s="22"/>
+      <c r="E146" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F146" s="22"/>
+      <c r="G146" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H146" s="22"/>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A147" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B147" s="22"/>
+      <c r="C147" s="22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D147" s="22" t="s">
+        <v>131</v>
+      </c>
+      <c r="E147" s="25"/>
+      <c r="F147" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="G147" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H147" s="22"/>
+    </row>
+    <row r="148" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A148" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B148" s="22"/>
+      <c r="C148" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="D148" s="22"/>
+      <c r="E148" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F148" s="22"/>
+      <c r="G148" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H148" s="22"/>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A149" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B149" s="22"/>
+      <c r="C149" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="D149" s="22"/>
+      <c r="E149" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F149" s="22"/>
+      <c r="G149" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H149" s="22"/>
+    </row>
+    <row r="150" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A150" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B150" s="22"/>
+      <c r="C150" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="D150" s="22"/>
+      <c r="E150" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F150" s="22"/>
+      <c r="G150" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H150" s="22"/>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A151" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B151" s="22"/>
+      <c r="C151" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="D151" s="22"/>
+      <c r="E151" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F151" s="22"/>
+      <c r="G151" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H151" s="22"/>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A152" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B152" s="22"/>
+      <c r="C152" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D152" s="22"/>
+      <c r="E152" s="25"/>
+      <c r="F152" s="22"/>
+      <c r="G152" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="H152" s="22"/>
+    </row>
+    <row r="153" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A153" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B153" s="22"/>
+      <c r="C153" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="D153" s="22"/>
+      <c r="E153" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F153" s="22"/>
+      <c r="G153" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H153" s="22"/>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A154" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B154" s="22"/>
+      <c r="C154" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D154" s="22"/>
+      <c r="E154" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F154" s="22"/>
+      <c r="G154" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H154" s="22"/>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A155" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B155" s="22"/>
+      <c r="C155" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D155" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="E155" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F155" s="22"/>
+      <c r="G155" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H155" s="22"/>
+    </row>
+    <row r="156" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A156" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B156" s="22"/>
+      <c r="C156" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D156" s="22"/>
+      <c r="E156" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F156" s="22"/>
+      <c r="G156" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H156" s="22"/>
+    </row>
+    <row r="157" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A157" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B157" s="12"/>
+      <c r="C157" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D157" s="12"/>
+      <c r="E157" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F157" s="12"/>
+      <c r="G157" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="H157" s="12"/>
+    </row>
+    <row r="158" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A158" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B158" s="12"/>
+      <c r="C158" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="D158" s="12"/>
+      <c r="E158" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F158" s="12"/>
+      <c r="G158" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H158" s="12"/>
+    </row>
+    <row r="159" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A159" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B159" s="12"/>
+      <c r="C159" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="D159" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="E159" s="15"/>
+      <c r="F159" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="G159" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H159" s="12"/>
+    </row>
+    <row r="160" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A160" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B160" s="12"/>
+      <c r="C160" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="D160" s="12"/>
+      <c r="E160" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F160" s="12"/>
+      <c r="G160" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H160" s="12"/>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A161" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B161" s="12"/>
+      <c r="C161" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="D161" s="12"/>
+      <c r="E161" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F161" s="12"/>
+      <c r="G161" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H161" s="12"/>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A162" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B162" s="12"/>
+      <c r="C162" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="D162" s="12"/>
+      <c r="E162" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F162" s="12"/>
+      <c r="G162" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H162" s="12"/>
+    </row>
+    <row r="163" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A163" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B163" s="12"/>
+      <c r="C163" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="D163" s="12"/>
+      <c r="E163" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F163" s="12"/>
+      <c r="G163" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H163" s="12"/>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A164" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B164" s="12"/>
+      <c r="C164" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="D164" s="12"/>
+      <c r="E164" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F164" s="12"/>
+      <c r="G164" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H164" s="12"/>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A165" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B165" s="12"/>
+      <c r="C165" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D165" s="12"/>
+      <c r="E165" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F165" s="12"/>
+      <c r="G165" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H165" s="12"/>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A166" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B166" s="12"/>
+      <c r="C166" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D166" s="12"/>
+      <c r="E166" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F166" s="12"/>
+      <c r="G166" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H166" s="12"/>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A167" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B167" s="12"/>
+      <c r="C167" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D167" s="12"/>
+      <c r="E167" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F167" s="12"/>
+      <c r="G167" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="H167" s="12"/>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A168" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B168" s="12"/>
+      <c r="C168" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="D168" s="12"/>
+      <c r="E168" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F168" s="12"/>
+      <c r="G168" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="H168" s="12"/>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A169" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B169" s="12"/>
+      <c r="C169" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D169" s="12" t="s">
         <v>164</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E2" s="24" t="s">
+      <c r="E169" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F169" s="12"/>
+      <c r="G169" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H169" s="12"/>
+    </row>
+    <row r="170" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A170" s="38" t="s">
         <v>165</v>
       </c>
-      <c r="F2" s="25" t="s">
-[...595 lines deleted...]
-      <c r="C35" s="14" t="s">
+      <c r="B170" s="12"/>
+      <c r="C170" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="D35" s="15" t="s">
-[...376 lines deleted...]
-      <c r="D42" s="30" t="s">
+      <c r="D170" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E170" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F170" s="12"/>
+      <c r="G170" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H170" s="12"/>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A171" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B171" s="12"/>
+      <c r="C171" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D171" s="12"/>
+      <c r="E171" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F171" s="12"/>
+      <c r="G171" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H171" s="12"/>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A172" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B172" s="12"/>
+      <c r="C172" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="E42" s="31" t="s">
-[...324 lines deleted...]
-      <c r="D46" s="30" t="s">
+      <c r="D172" s="12"/>
+      <c r="E172" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F172" s="12"/>
+      <c r="G172" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H172" s="12"/>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A173" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B173" s="12"/>
+      <c r="C173" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="E46" s="31" t="s">
-[...77 lines deleted...]
-      <c r="D47" s="30" t="s">
+      <c r="D173" s="12"/>
+      <c r="E173" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F173" s="12"/>
+      <c r="G173" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H173" s="12"/>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A174" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B174" s="12"/>
+      <c r="C174" s="12" t="s">
         <v>62</v>
       </c>
-      <c r="E47" s="31" t="s">
-[...3539 lines deleted...]
-      <c r="G175" s="47"/>
+      <c r="D174" s="12"/>
+      <c r="E174" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F174" s="12"/>
+      <c r="G174" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H174" s="12"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:F175"/>
-  <mergeCells count="3">
+  <autoFilter ref="A2:F119" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <mergeCells count="4">
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="A1:D1"/>
+    <mergeCell ref="H1:H2"/>
     <mergeCell ref="G1:G2"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;CFelter indeholdt i  Stamdataregisteret - 2018-12-15</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BDF22F492AE8914D8B73C3E3C23F308D" ma:contentTypeVersion="35" ma:contentTypeDescription="Opret et nyt dokument." ma:contentTypeScope="" ma:versionID="afa73df244fcf30f3c1d69ef4429e531">
@@ -7308,122 +7052,156 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="57e246f5-a181-4ddd-bcfa-8f2bd33c0c9c" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b1cfadd8-d294-4d34-bc36-10edd03a80b3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Test xmlns="b1cfadd8-d294-4d34-bc36-10edd03a80b3">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Test>
     <Filtype xmlns="b1cfadd8-d294-4d34-bc36-10edd03a80b3" xsi:nil="true"/>
     <Test_ContainsTool xmlns="b1cfadd8-d294-4d34-bc36-10edd03a80b3">false</Test_ContainsTool>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Subjects xmlns="b1cfadd8-d294-4d34-bc36-10edd03a80b3" xsi:nil="true"/>
     <Shortdescription xmlns="b1cfadd8-d294-4d34-bc36-10edd03a80b3">Please help your colleague by describing your tool</Shortdescription>
     <Tool_x002f_background xmlns="b1cfadd8-d294-4d34-bc36-10edd03a80b3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C45A8BE6-4B3C-47DB-961E-9CCA25B202B5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C45A8BE6-4B3C-47DB-961E-9CCA25B202B5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="b1cfadd8-d294-4d34-bc36-10edd03a80b3"/>
+    <ds:schemaRef ds:uri="57e246f5-a181-4ddd-bcfa-8f2bd33c0c9c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F09AA4A-432B-4096-A975-491B2DE663A0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECBAE79D-5F96-48CA-BA3B-452D1AE8251E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="57e246f5-a181-4ddd-bcfa-8f2bd33c0c9c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b1cfadd8-d294-4d34-bc36-10edd03a80b3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECBAE79D-5F96-48CA-BA3B-452D1AE8251E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F09AA4A-432B-4096-A975-491B2DE663A0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Navngivne områder</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Dataobjekter</vt:lpstr>
-      <vt:lpstr>Stamdatafelter 2018-12-10</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'Stamdatafelter 2018-12-10'!Udskriftstitler</vt:lpstr>
+      <vt:lpstr>Stamdatafelter</vt:lpstr>
+      <vt:lpstr>Stamdatafelter!Udskriftsområde</vt:lpstr>
+      <vt:lpstr>Stamdatafelter!Udskriftstitler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Statens IT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jens Aagaard Rahn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BDF22F492AE8914D8B73C3E3C23F308D</vt:lpwstr>
   </property>