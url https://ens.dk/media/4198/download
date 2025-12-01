--- v0 (2025-11-05)
+++ v1 (2025-12-01)
@@ -1,102 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\b164080\Desktop\Midlertidige filer\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\Produktion\Fjernkøling\2025\Indberetningsskemaer\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{93122A94-65DC-4A10-9BB6-A72B61546DA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="7485" windowHeight="10980"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Selskab og net" sheetId="1" r:id="rId1"/>
     <sheet name="Stamdata - værk 1" sheetId="2" r:id="rId2"/>
-    <sheet name="Stamdata - værk 2" sheetId="6" r:id="rId3"/>
-[...1 lines deleted...]
-    <sheet name="Indberetning 2022 - værk 2" sheetId="5" r:id="rId5"/>
+    <sheet name="Stamdata - værk 2" sheetId="5" r:id="rId3"/>
+    <sheet name="Indberetning 202X - værk 1" sheetId="4" r:id="rId4"/>
+    <sheet name="Indberetning 202X - værk 2" sheetId="6" r:id="rId5"/>
   </sheets>
   <calcPr calcId="162913"/>
   <customWorkbookViews>
     <customWorkbookView name="Kaj Stærkind - Privat visning" guid="{CE839BC9-758D-406C-95E8-FCAE7357D48C}" mergeInterval="0" personalView="1" maximized="1" xWindow="-9" yWindow="-9" windowWidth="1938" windowHeight="1048" activeSheetId="1"/>
     <customWorkbookView name="Marianne Nielsen - Privat visning" guid="{EE37B43F-DCC7-47F1-9996-DF2A8BF6839A}" mergeInterval="0" personalView="1" maximized="1" xWindow="-2891" yWindow="-11" windowWidth="2902" windowHeight="1582" activeSheetId="1" showComments="commIndAndComment"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="74">
   <si>
     <t>CVR-nummer</t>
   </si>
   <si>
     <t>Navn</t>
   </si>
   <si>
     <t>Værknavn</t>
   </si>
   <si>
     <t>Anlægsnavn</t>
   </si>
   <si>
     <t>Kølekapacitet [MW]</t>
   </si>
   <si>
-    <t>Fuldlast ved normale forhold</t>
-[...1 lines deleted...]
-  <si>
     <t>År</t>
   </si>
   <si>
     <t>Kølelevering an net</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telefonnummer</t>
   </si>
   <si>
     <t>Selskab</t>
   </si>
   <si>
     <t>Selskabsoplysninger for ejerselskab af fjernkøling</t>
   </si>
   <si>
     <t>Kontaktperson</t>
   </si>
   <si>
     <t>Skrotdato</t>
   </si>
   <si>
     <t>Hvad hedder selskabet</t>
@@ -107,74 +108,50 @@
   <si>
     <t>Energiforbrug for energitype 2</t>
   </si>
   <si>
     <t>Energiforbrug for energitype 3</t>
   </si>
   <si>
     <t>Input-energitype 1</t>
   </si>
   <si>
     <t>Input-energitype 2</t>
   </si>
   <si>
     <t>Input-energitype 3</t>
   </si>
   <si>
     <t>Navn på fjernkølingsnet</t>
   </si>
   <si>
     <t>Adresse (vejnavn og nr.)</t>
   </si>
   <si>
     <t>Adresse (postnr. og postdistrikt)</t>
   </si>
   <si>
-    <t>Værk 1</t>
-[...22 lines deleted...]
-  <si>
     <t>I MWh for hvert energiinput</t>
   </si>
   <si>
     <t>Hvis der leveres overskudsvarme fra køleprocessen til fjernvarmenet, hvor store mængder er der da leveret [MWh]?</t>
   </si>
   <si>
     <t>Hvor stor kølemængde er leveret an net [MWh]?</t>
   </si>
   <si>
     <t>Er der kun et fælles målepunkt for flere anlæg, fordeles produktion og forbrug på de relevante anlæg efter bedste evne.</t>
   </si>
   <si>
     <t>Netstamdata</t>
   </si>
   <si>
     <t>Samlet længde af fjernkølingsnet, km</t>
   </si>
   <si>
     <t>Antal kunder tilsluttet fjernkølingsnettet</t>
   </si>
   <si>
     <t>Netdriftsdata for år</t>
   </si>
   <si>
     <t>Årligt nettab, MWh kulde</t>
@@ -185,66 +162,60 @@
   <si>
     <t>Anlægs-kølemiddel</t>
   </si>
   <si>
     <t>For anlægstyper, hvor det relevant</t>
   </si>
   <si>
     <t>Øvrig anlægsbeskrivelse</t>
   </si>
   <si>
     <t>Brug flere felter, hvis der leveres overskudsvarme til mere end ét fjernvarmenet</t>
   </si>
   <si>
     <t>Hvilket fjernvarmenet leveres den producerede overskudsvarme til?</t>
   </si>
   <si>
     <t>I nedenstående felter kan indberettes frivillige data</t>
   </si>
   <si>
     <t>Hvem er kontaktperson, og hvad er vedkommendes kontaktoplysninger. Der kan evt. tilføjes flere kontaktpersoner i kolonne D, E osv.</t>
   </si>
   <si>
     <t>Navn og adresse på værk</t>
   </si>
   <si>
-    <t>Anlæg på værk 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Hvad hedder anlæggene/hvad bliver de kaldt</t>
   </si>
   <si>
     <t>Hvornår er anlæggene idriftsat</t>
   </si>
   <si>
     <t>Hvornår er anlæggene skrottet, hvis relevant</t>
   </si>
   <si>
     <t>Der udfyldes én kolonne for hvert anlæg. Der indsættes flere kolonner, hvis relevant.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Anlæg på værk 2</t>
   </si>
   <si>
     <t>I dette skema indberettes produktions- og forbrugsdata for et kalenderår på anlægsniveau. Der udfyldes ét ark for hvert værk.</t>
   </si>
   <si>
     <t>Det år, der indberettes for</t>
   </si>
   <si>
     <t>Hvis produktionen af fjernkøling resulterer i produktion af overskudsvarme og denne leveres til fjernvarmenet, bedes dette oplyst</t>
   </si>
   <si>
     <t>Leveres der overskudsvarme til fjernvarmenet? (Ja/nej)</t>
   </si>
   <si>
     <t>Hvis ja, hvilket fjernvarmenet leveres der overskudsvarme til?</t>
   </si>
   <si>
     <t>Evt. leveret mængde overskudsvarme an fjernvarmenet</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">I dette skema indberettes stamdata for det enkelte fjernkølingsværk. Der udfyldes et ark for hvert værk.
 </t>
     </r>
     <r>
@@ -280,56 +251,89 @@
   </si>
   <si>
     <t>Overskudsvarme</t>
   </si>
   <si>
     <t>Kølekilde</t>
   </si>
   <si>
     <t>Fx luft, havvand, grundvand</t>
   </si>
   <si>
     <t>Hvor ligger selskabet, adresse registreret i CVR-registeret</t>
   </si>
   <si>
     <t xml:space="preserve">Fx absorptionsanlæg, kompressoranlæg, frikøling. Uddyb gerne anlægsbeskrivelsen nedenfor* </t>
   </si>
   <si>
     <t>Fuldlast kølekapacitet ved normale forhold</t>
   </si>
   <si>
     <t>Navnet kan fx være "selskabsnavn-fjernkøling" eller hvis selskabet har flere net "selskabsnavn-bydelsnavn-fjernkøling"</t>
   </si>
   <si>
     <t>Dato for idriftsættelse</t>
   </si>
+  <si>
+    <t>202X</t>
+  </si>
+  <si>
+    <t>Anlæg 1_1</t>
+  </si>
+  <si>
+    <t>Anlæg 1_2</t>
+  </si>
+  <si>
+    <t>Anlæg 1_3</t>
+  </si>
+  <si>
+    <t>Værk 1</t>
+  </si>
+  <si>
+    <t>Anlæg på værk 1</t>
+  </si>
+  <si>
+    <t>Værk 2</t>
+  </si>
+  <si>
+    <t>Anlæg på værk 2</t>
+  </si>
+  <si>
+    <t>Anlæg 2_1</t>
+  </si>
+  <si>
+    <t>Anlæg 2_2</t>
+  </si>
+  <si>
+    <t>Anlæg 2_3</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="11" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="22"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
@@ -359,50 +363,63 @@
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -507,174 +524,181 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -928,1639 +952,1628 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M28"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+    <sheetView tabSelected="1" topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B36" sqref="B36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.42578125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="29.5703125" customWidth="1"/>
+    <col min="1" max="1" width="2.453125" customWidth="1"/>
+    <col min="2" max="2" width="28.453125" customWidth="1"/>
+    <col min="3" max="4" width="32.1796875" customWidth="1"/>
+    <col min="5" max="5" width="30.54296875" customWidth="1"/>
+    <col min="6" max="6" width="4.54296875" customWidth="1"/>
+    <col min="13" max="13" width="29.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="1" customFormat="1" ht="45.6" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="E1" s="48"/>
+    <row r="1" spans="1:13" s="1" customFormat="1" ht="45.65" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A1" s="15"/>
+      <c r="B1" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
       <c r="F1" s="11"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="9"/>
       <c r="L1" s="9"/>
       <c r="M1" s="7"/>
     </row>
-    <row r="2" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="4"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
     </row>
-    <row r="3" spans="1:13" ht="31.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" ht="31.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="4"/>
-      <c r="B3" s="47" t="s">
-[...6 lines deleted...]
-      <c r="E3" s="54"/>
+      <c r="B3" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" s="21"/>
+      <c r="D3" s="54" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" s="55"/>
       <c r="F3" s="12"/>
       <c r="G3" s="8"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
       <c r="L3" s="8"/>
       <c r="M3" s="8"/>
     </row>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="B4" s="12"/>
       <c r="C4" s="12"/>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="4"/>
       <c r="B5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="12" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
     </row>
-    <row r="6" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="4"/>
       <c r="B6" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="23"/>
+      <c r="C6" s="21"/>
       <c r="D6" s="12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="4"/>
       <c r="B7" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="C7" s="22"/>
+      <c r="C7" s="46"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
     </row>
-    <row r="8" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="4"/>
       <c r="B8" s="12" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C8" s="22"/>
+        <v>21</v>
+      </c>
+      <c r="C8" s="21"/>
       <c r="D8" s="12" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
     </row>
-    <row r="9" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="4"/>
       <c r="B9" s="12" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="C9" s="24"/>
+        <v>22</v>
+      </c>
+      <c r="C9" s="23"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="B10" s="12"/>
       <c r="C10" s="12"/>
       <c r="D10" s="12"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
     </row>
-    <row r="11" spans="1:13" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" ht="30.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="4"/>
       <c r="B11" s="13" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-      <c r="E11" s="52"/>
+        <v>11</v>
+      </c>
+      <c r="C11" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" s="49"/>
+      <c r="E11" s="49"/>
       <c r="F11" s="12"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
     </row>
-    <row r="12" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="4"/>
       <c r="B12" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="23"/>
-[...1 lines deleted...]
-      <c r="E12" s="23"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="22"/>
+      <c r="E12" s="22"/>
       <c r="F12" s="12"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
     </row>
-    <row r="13" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="4"/>
       <c r="B13" s="12" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      <c r="E13" s="22"/>
+        <v>7</v>
+      </c>
+      <c r="C13" s="45"/>
+      <c r="D13" s="21"/>
+      <c r="E13" s="21"/>
       <c r="F13" s="12"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
     </row>
-    <row r="14" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="4"/>
       <c r="B14" s="12" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      <c r="E14" s="22"/>
+        <v>8</v>
+      </c>
+      <c r="C14" s="46"/>
+      <c r="D14" s="21"/>
+      <c r="E14" s="21"/>
       <c r="F14" s="12"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="B15" s="12"/>
-      <c r="C15" s="14"/>
-[...1 lines deleted...]
-      <c r="E15" s="14"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
     </row>
-    <row r="16" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="4"/>
       <c r="B16" s="13" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      <c r="E16" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
     </row>
-    <row r="17" spans="1:13" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="4"/>
-      <c r="B17" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="22"/>
+      <c r="B17" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="21"/>
       <c r="D17" s="50" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="E17" s="51"/>
       <c r="F17" s="12"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
     </row>
-    <row r="18" spans="1:13" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="4"/>
-      <c r="B18" s="15" t="s">
-[...4 lines deleted...]
-        <v>46</v>
+      <c r="B18" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="23"/>
+      <c r="D18" s="38" t="s">
+        <v>37</v>
       </c>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
       <c r="J18" s="8"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
     </row>
-    <row r="19" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="4"/>
       <c r="B19" s="12"/>
-      <c r="C19" s="24"/>
+      <c r="C19" s="23"/>
       <c r="D19" s="12" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
       <c r="J19" s="8"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
     </row>
-    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
     </row>
-    <row r="21" spans="1:13" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F21" s="18"/>
+    <row r="21" spans="1:13" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="16"/>
+      <c r="B21" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="C21" s="52"/>
+      <c r="D21" s="52"/>
+      <c r="E21" s="52"/>
+      <c r="F21" s="17"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="9"/>
     </row>
-    <row r="22" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...52 lines deleted...]
-        <v>40</v>
+    <row r="22" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="16"/>
+      <c r="B22" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+    </row>
+    <row r="23" spans="1:13" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="16"/>
+      <c r="B23" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="47"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+    </row>
+    <row r="24" spans="1:13" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="16"/>
+      <c r="B24" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" s="47"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A25" s="16"/>
+      <c r="B25" s="16"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+    </row>
+    <row r="26" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="16"/>
+      <c r="B26" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" s="16"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="16"/>
+    </row>
+    <row r="27" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A27" s="16"/>
+      <c r="B27" s="16" t="s">
+        <v>31</v>
       </c>
       <c r="C27" s="6"/>
-      <c r="D27" s="17"/>
-[...9 lines deleted...]
-      <c r="F28" s="17"/>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="16"/>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A28" s="16"/>
+      <c r="B28" s="16"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="16"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{CE839BC9-758D-406C-95E8-FCAE7357D48C}" scale="90">
       <selection activeCell="B2" sqref="B2"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
     </customSheetView>
     <customSheetView guid="{EE37B43F-DCC7-47F1-9996-DF2A8BF6839A}" scale="90">
       <selection activeCell="C2" sqref="C2"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="5">
+    <mergeCell ref="C11:E11"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="B21:E21"/>
     <mergeCell ref="B1:E1"/>
-    <mergeCell ref="B21:E21"/>
-[...1 lines deleted...]
-    <mergeCell ref="C11:E11"/>
     <mergeCell ref="D3:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F12" sqref="F12"/>
+      <selection activeCell="C30" sqref="C30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="12" width="29.5703125" customWidth="1"/>
+    <col min="1" max="1" width="2.1796875" customWidth="1"/>
+    <col min="2" max="2" width="21.1796875" customWidth="1"/>
+    <col min="3" max="5" width="27.81640625" customWidth="1"/>
+    <col min="6" max="6" width="43.1796875" customWidth="1"/>
+    <col min="12" max="12" width="29.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="1" customFormat="1" ht="50.45" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:12" s="1" customFormat="1" ht="50.5" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A1" s="4"/>
-      <c r="B1" s="48" t="s">
-[...5 lines deleted...]
-      <c r="F1" s="48"/>
+      <c r="B1" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+      <c r="F1" s="53"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="9"/>
       <c r="L1" s="3"/>
     </row>
-    <row r="2" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:12" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="4"/>
-      <c r="B2" s="29" t="s">
-        <v>24</v>
+      <c r="B2" s="28" t="s">
+        <v>67</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
     </row>
-    <row r="3" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="4"/>
       <c r="B3" s="13"/>
       <c r="C3" s="12" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="8"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
     </row>
-    <row r="4" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="4"/>
       <c r="B4" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="23"/>
+      <c r="C4" s="22"/>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
     </row>
-    <row r="5" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="4"/>
       <c r="B5" s="12" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C5" s="22"/>
+        <v>21</v>
+      </c>
+      <c r="C5" s="21"/>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
     </row>
-    <row r="6" spans="1:12" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:12" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="4"/>
-      <c r="B6" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="22"/>
+      <c r="B6" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="21"/>
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="B7" s="12"/>
-      <c r="C7" s="14"/>
+      <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
     </row>
-    <row r="8" spans="1:12" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="4"/>
       <c r="B8" s="13" t="s">
-        <v>50</v>
-[...11 lines deleted...]
-        <v>54</v>
+        <v>68</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" s="25" t="s">
+        <v>66</v>
+      </c>
+      <c r="F8" s="29" t="s">
+        <v>44</v>
       </c>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
     </row>
-    <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="4"/>
       <c r="B9" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="23"/>
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="40" t="s">
+        <v>41</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
     </row>
-    <row r="10" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="4"/>
       <c r="B10" s="12" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>62</v>
+      </c>
+      <c r="C10" s="21"/>
+      <c r="D10" s="21"/>
+      <c r="E10" s="21"/>
+      <c r="F10" s="40" t="s">
+        <v>42</v>
       </c>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
     </row>
-    <row r="11" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="4"/>
       <c r="B11" s="12" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>53</v>
+        <v>12</v>
+      </c>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="21"/>
+      <c r="F11" s="41" t="s">
+        <v>43</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
     </row>
-    <row r="12" spans="1:12" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="4"/>
-      <c r="B12" s="25" t="s">
-        <v>41</v>
+      <c r="B12" s="24" t="s">
+        <v>32</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
-      <c r="F12" s="36" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="F12" s="35" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="4"/>
       <c r="B13" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="C13" s="23"/>
-[...3 lines deleted...]
-        <v>71</v>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="40" t="s">
+        <v>60</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
     </row>
-    <row r="14" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="4"/>
       <c r="B14" s="12" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      <c r="E14" s="22"/>
+        <v>17</v>
+      </c>
+      <c r="C14" s="21"/>
+      <c r="D14" s="21"/>
+      <c r="E14" s="21"/>
       <c r="F14" s="50" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
     </row>
-    <row r="15" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="4"/>
       <c r="B15" s="12" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      <c r="E15" s="22"/>
+        <v>18</v>
+      </c>
+      <c r="C15" s="21"/>
+      <c r="D15" s="21"/>
+      <c r="E15" s="21"/>
       <c r="F15" s="50"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
     </row>
-    <row r="16" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="4"/>
       <c r="B16" s="12" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      <c r="E16" s="22"/>
+        <v>19</v>
+      </c>
+      <c r="C16" s="21"/>
+      <c r="D16" s="21"/>
+      <c r="E16" s="21"/>
       <c r="F16" s="50"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
     </row>
-    <row r="18" spans="1:6" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
-[...36 lines deleted...]
-      <c r="C21" s="6"/>
+    <row r="18" spans="1:6" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="52"/>
+      <c r="C18" s="52"/>
+      <c r="D18" s="52"/>
+      <c r="E18" s="52"/>
+      <c r="F18" s="52"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A19" s="16"/>
+      <c r="B19" s="16"/>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+    </row>
+    <row r="20" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="16"/>
+      <c r="B20" s="16"/>
+      <c r="C20" s="26" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>65</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="F20" s="16"/>
+    </row>
+    <row r="21" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="16"/>
+      <c r="B21" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" s="48"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
-      <c r="F21" s="40" t="s">
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="F21" s="39" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="16"/>
+      <c r="B22" s="27" t="s">
+        <v>56</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
-      <c r="F22" s="46" t="s">
-[...6 lines deleted...]
-        <v>44</v>
+      <c r="F22" s="43" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="16"/>
+      <c r="B23" s="27" t="s">
+        <v>35</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
-      <c r="F23" s="20" t="s">
-[...9 lines deleted...]
-      <c r="F24" s="17"/>
+      <c r="F23" s="19" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" s="16"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{CE839BC9-758D-406C-95E8-FCAE7357D48C}" scale="90">
       <selection activeCell="A2" sqref="A2"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
     </customSheetView>
     <customSheetView guid="{EE37B43F-DCC7-47F1-9996-DF2A8BF6839A}" scale="90">
       <selection activeCell="A2" sqref="A2"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="3">
     <mergeCell ref="A18:F18"/>
     <mergeCell ref="F14:F16"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAD51288-4A49-4480-8A3E-671452FCBFD8}">
   <dimension ref="A1:L24"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F12" sqref="F12"/>
+    <sheetView topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.85546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="12" width="29.5703125" customWidth="1"/>
+    <col min="1" max="1" width="2.1796875" customWidth="1"/>
+    <col min="2" max="2" width="21.1796875" customWidth="1"/>
+    <col min="3" max="5" width="27.81640625" customWidth="1"/>
+    <col min="6" max="6" width="43.1796875" customWidth="1"/>
+    <col min="12" max="12" width="29.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="1" customFormat="1" ht="50.45" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:12" s="1" customFormat="1" ht="50.5" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A1" s="4"/>
-      <c r="B1" s="48" t="s">
-[...5 lines deleted...]
-      <c r="F1" s="48"/>
+      <c r="B1" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+      <c r="F1" s="53"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="9"/>
       <c r="L1" s="3"/>
     </row>
-    <row r="2" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:12" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="4"/>
-      <c r="B2" s="29" t="s">
-        <v>25</v>
+      <c r="B2" s="28" t="s">
+        <v>69</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
     </row>
-    <row r="3" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="4"/>
       <c r="B3" s="13"/>
       <c r="C3" s="12" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="8"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
     </row>
-    <row r="4" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="4"/>
       <c r="B4" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="23"/>
+      <c r="C4" s="22"/>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
     </row>
-    <row r="5" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="4"/>
       <c r="B5" s="12" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C5" s="22"/>
+        <v>21</v>
+      </c>
+      <c r="C5" s="21"/>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
     </row>
-    <row r="6" spans="1:12" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:12" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="4"/>
-      <c r="B6" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="22"/>
+      <c r="B6" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="21"/>
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="B7" s="12"/>
-      <c r="C7" s="14"/>
+      <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
     </row>
-    <row r="8" spans="1:12" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="4"/>
       <c r="B8" s="13" t="s">
-        <v>55</v>
-[...11 lines deleted...]
-        <v>54</v>
+        <v>70</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" s="29" t="s">
+        <v>44</v>
       </c>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
     </row>
-    <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="4"/>
       <c r="B9" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="23"/>
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="40" t="s">
+        <v>41</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
     </row>
-    <row r="10" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="4"/>
       <c r="B10" s="12" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>62</v>
+      </c>
+      <c r="C10" s="21"/>
+      <c r="D10" s="21"/>
+      <c r="E10" s="21"/>
+      <c r="F10" s="40" t="s">
+        <v>42</v>
       </c>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
     </row>
-    <row r="11" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="4"/>
       <c r="B11" s="12" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>53</v>
+        <v>12</v>
+      </c>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="21"/>
+      <c r="F11" s="41" t="s">
+        <v>43</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
     </row>
-    <row r="12" spans="1:12" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="4"/>
-      <c r="B12" s="25" t="s">
-        <v>41</v>
+      <c r="B12" s="24" t="s">
+        <v>32</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
-      <c r="F12" s="36" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="F12" s="35" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="4"/>
       <c r="B13" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="C13" s="23"/>
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="40" t="s">
+        <v>60</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
     </row>
-    <row r="14" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="4"/>
       <c r="B14" s="12" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      <c r="E14" s="22"/>
+        <v>17</v>
+      </c>
+      <c r="C14" s="21"/>
+      <c r="D14" s="21"/>
+      <c r="E14" s="21"/>
       <c r="F14" s="50" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
     </row>
-    <row r="15" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="4"/>
       <c r="B15" s="12" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      <c r="E15" s="22"/>
+        <v>18</v>
+      </c>
+      <c r="C15" s="21"/>
+      <c r="D15" s="21"/>
+      <c r="E15" s="21"/>
       <c r="F15" s="50"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
     </row>
-    <row r="16" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="4"/>
       <c r="B16" s="12" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      <c r="E16" s="22"/>
+        <v>19</v>
+      </c>
+      <c r="C16" s="21"/>
+      <c r="D16" s="21"/>
+      <c r="E16" s="21"/>
       <c r="F16" s="50"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
     </row>
-    <row r="18" spans="1:6" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
-[...36 lines deleted...]
-      <c r="C21" s="6"/>
+    <row r="18" spans="1:6" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="52"/>
+      <c r="C18" s="52"/>
+      <c r="D18" s="52"/>
+      <c r="E18" s="52"/>
+      <c r="F18" s="52"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A19" s="16"/>
+      <c r="B19" s="16"/>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+    </row>
+    <row r="20" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="16"/>
+      <c r="B20" s="16"/>
+      <c r="C20" s="26" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" s="16"/>
+    </row>
+    <row r="21" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="16"/>
+      <c r="B21" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" s="48"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
-      <c r="F21" s="40" t="s">
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="F21" s="39" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="16"/>
+      <c r="B22" s="27" t="s">
+        <v>56</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
-      <c r="F22" s="46" t="s">
-[...6 lines deleted...]
-        <v>44</v>
+      <c r="F22" s="43" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="16"/>
+      <c r="B23" s="27" t="s">
+        <v>35</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
-      <c r="F23" s="20" t="s">
-[...9 lines deleted...]
-      <c r="F24" s="17"/>
+      <c r="F23" s="19" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" s="16"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="3">
+    <mergeCell ref="B1:F1"/>
     <mergeCell ref="F14:F16"/>
     <mergeCell ref="A18:F18"/>
-    <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:J12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F29" sqref="F29"/>
+      <selection activeCell="E27" sqref="E27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="37.85546875" customWidth="1"/>
+    <col min="1" max="1" width="3.453125" customWidth="1"/>
+    <col min="2" max="2" width="38" customWidth="1"/>
+    <col min="3" max="5" width="14.54296875" customWidth="1"/>
+    <col min="6" max="6" width="37.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="53.1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="53.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
+      <c r="F1" s="56"/>
+      <c r="G1" s="30"/>
+      <c r="H1" s="30"/>
+      <c r="I1" s="30"/>
+      <c r="J1" s="30"/>
+    </row>
+    <row r="2" spans="1:10" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="57" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="57"/>
+      <c r="C2" s="57"/>
+      <c r="D2" s="57"/>
+      <c r="E2" s="57"/>
+      <c r="F2" s="57"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="31"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="B4" s="5" t="s">
-        <v>6</v>
-[...5 lines deleted...]
-      <c r="E4" s="57"/>
+        <v>5</v>
+      </c>
+      <c r="C4" s="58" t="s">
+        <v>63</v>
+      </c>
+      <c r="D4" s="58"/>
+      <c r="E4" s="58"/>
       <c r="F4" s="4" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:10" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A6" s="4"/>
-      <c r="B6" s="33" t="s">
-[...9 lines deleted...]
-        <v>28</v>
+      <c r="B6" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>66</v>
       </c>
       <c r="F6" s="4"/>
     </row>
-    <row r="7" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="4"/>
       <c r="B7" s="4" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      <c r="E7" s="34"/>
+        <v>14</v>
+      </c>
+      <c r="C7" s="33"/>
+      <c r="D7" s="33"/>
+      <c r="E7" s="33"/>
       <c r="F7" s="4" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="4"/>
       <c r="B8" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="4" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="4"/>
       <c r="B9" s="4" t="s">
-        <v>17</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:10" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>16</v>
+      </c>
+      <c r="C9" s="34"/>
+      <c r="D9" s="34"/>
+      <c r="E9" s="34"/>
+      <c r="F9" s="36" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="4"/>
-      <c r="B10" s="25" t="s">
-        <v>7</v>
+      <c r="B10" s="24" t="s">
+        <v>6</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
-      <c r="F10" s="36" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:10" ht="47.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="F10" s="35" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="47.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="4"/>
-      <c r="B11" s="38" t="s">
-        <v>61</v>
+      <c r="B11" s="37" t="s">
+        <v>50</v>
       </c>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
-      <c r="F11" s="44" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="F11" s="42" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
-      <c r="F12" s="45"/>
+      <c r="F12" s="4"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{CE839BC9-758D-406C-95E8-FCAE7357D48C}">
       <selection activeCell="B11" sqref="B11:B12"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
     </customSheetView>
     <customSheetView guid="{EE37B43F-DCC7-47F1-9996-DF2A8BF6839A}">
       <selection activeCell="B11" sqref="B11:B12"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="3">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="C4:E4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E92A3E58-CDCE-40A7-990B-0B9E9C184CD8}">
   <dimension ref="A1:J12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H8" sqref="H8"/>
+      <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="37.85546875" customWidth="1"/>
+    <col min="1" max="1" width="3.453125" customWidth="1"/>
+    <col min="2" max="2" width="38" customWidth="1"/>
+    <col min="3" max="5" width="14.54296875" customWidth="1"/>
+    <col min="6" max="6" width="37.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="53.1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="53.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
+      <c r="F1" s="56"/>
+      <c r="G1" s="30"/>
+      <c r="H1" s="30"/>
+      <c r="I1" s="30"/>
+      <c r="J1" s="30"/>
+    </row>
+    <row r="2" spans="1:10" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="57" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="57"/>
+      <c r="C2" s="57"/>
+      <c r="D2" s="57"/>
+      <c r="E2" s="57"/>
+      <c r="F2" s="57"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="31"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="B4" s="5" t="s">
-        <v>6</v>
-[...5 lines deleted...]
-      <c r="E4" s="57"/>
+        <v>5</v>
+      </c>
+      <c r="C4" s="58" t="s">
+        <v>63</v>
+      </c>
+      <c r="D4" s="58"/>
+      <c r="E4" s="58"/>
       <c r="F4" s="4" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:10" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A6" s="4"/>
-      <c r="B6" s="33" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="B6" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>73</v>
       </c>
       <c r="F6" s="4"/>
     </row>
-    <row r="7" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="4"/>
       <c r="B7" s="4" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      <c r="E7" s="34"/>
+        <v>14</v>
+      </c>
+      <c r="C7" s="33"/>
+      <c r="D7" s="33"/>
+      <c r="E7" s="33"/>
       <c r="F7" s="4" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="4"/>
       <c r="B8" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="4" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="4"/>
       <c r="B9" s="4" t="s">
-        <v>17</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:10" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>16</v>
+      </c>
+      <c r="C9" s="34"/>
+      <c r="D9" s="34"/>
+      <c r="E9" s="34"/>
+      <c r="F9" s="36" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="4"/>
-      <c r="B10" s="25" t="s">
-        <v>7</v>
+      <c r="B10" s="24" t="s">
+        <v>6</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
-      <c r="F10" s="36" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:10" ht="47.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="F10" s="35" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="47.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="4"/>
-      <c r="B11" s="38" t="s">
-        <v>61</v>
+      <c r="B11" s="37" t="s">
+        <v>50</v>
       </c>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
-      <c r="F11" s="44" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="F11" s="42" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
-      <c r="F12" s="45"/>
+      <c r="F12" s="4"/>
     </row>
   </sheetData>
-  <customSheetViews>
-[...10 lines deleted...]
-  </customSheetViews>
   <mergeCells count="3">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="C4:E4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Selskab og net</vt:lpstr>
       <vt:lpstr>Stamdata - værk 1</vt:lpstr>
       <vt:lpstr>Stamdata - værk 2</vt:lpstr>
-      <vt:lpstr>Indberetning 2022 - værk 1</vt:lpstr>
-      <vt:lpstr>Indberetning 2022 - værk 2</vt:lpstr>
+      <vt:lpstr>Indberetning 202X - værk 1</vt:lpstr>
+      <vt:lpstr>Indberetning 202X - værk 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Statens It</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Christian Sjøstrann Jørgensen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>