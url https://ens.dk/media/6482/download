--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,65 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\EAD\VEA\VEA\Afregning af VE\Afregning\11. Månedsafregning\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4B964C04-1B9E-4362-93C2-3E93ADC53EAB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB8296B7-48EC-4865-BB68-FF1B3ADD45E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="720" yWindow="315" windowWidth="27555" windowHeight="13575" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Max 25øre" sheetId="3" r:id="rId1"/>
     <sheet name="Max 10øre" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C12" i="3" l="1"/>
   <c r="C11" i="3" l="1"/>
   <c r="F15" i="3"/>
   <c r="F14" i="3"/>
   <c r="F13" i="3"/>
   <c r="F12" i="3"/>
   <c r="F11" i="3"/>
   <c r="F10" i="3"/>
   <c r="F9" i="3"/>
   <c r="F8" i="3"/>
   <c r="F7" i="3"/>
   <c r="F6" i="3"/>
   <c r="F5" i="3"/>
   <c r="F4" i="3"/>
   <c r="C5" i="3"/>
   <c r="C6" i="3"/>
   <c r="C7" i="3"/>
   <c r="C8" i="3"/>
   <c r="C9" i="3"/>
   <c r="C10" i="3"/>
@@ -415,197 +431,163 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF9ED7DA"/>
       <color rgb="FF0097A8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -746,51 +728,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H19" sqref="H19"/>
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.42578125" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="7" max="7" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
     </row>
@@ -1027,62 +1009,66 @@
       </c>
       <c r="C11" s="29">
         <f t="shared" si="0"/>
         <v>9.5750000000000028</v>
       </c>
       <c r="D11" s="11">
         <v>0.9</v>
       </c>
       <c r="E11" s="20">
         <v>51.112000000000002</v>
       </c>
       <c r="F11" s="29">
         <f t="shared" si="1"/>
         <v>6.8879999999999981</v>
       </c>
       <c r="G11" s="12">
         <v>0.9</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
     </row>
     <row r="12" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A12" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="19"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="B12" s="31">
+        <v>43.483999999999995</v>
+      </c>
+      <c r="C12" s="28">
+        <f t="shared" si="0"/>
+        <v>14.516000000000005</v>
       </c>
       <c r="D12" s="7">
         <v>0.9</v>
       </c>
-      <c r="E12" s="19"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="E12" s="19">
+        <v>55.488999999999997</v>
+      </c>
+      <c r="F12" s="28">
+        <f t="shared" si="1"/>
+        <v>2.5110000000000028</v>
       </c>
       <c r="G12" s="6">
         <v>0.9</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
     </row>
     <row r="13" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="20"/>
       <c r="C13" s="29" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D13" s="11">
         <v>0.9</v>
       </c>
       <c r="E13" s="20"/>
       <c r="F13" s="29" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G13" s="12">
@@ -1126,51 +1112,51 @@
       <c r="D15" s="15">
         <v>0.9</v>
       </c>
       <c r="E15" s="21"/>
       <c r="F15" s="30" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G15" s="14">
         <v>0.9</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D25" sqref="D25"/>
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" customWidth="1"/>
     <col min="4" max="4" width="27.42578125" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" customWidth="1"/>
     <col min="7" max="7" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
     </row>
@@ -1407,62 +1393,66 @@
       </c>
       <c r="C11" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="D11" s="12">
         <v>0.9</v>
       </c>
       <c r="E11" s="20">
         <v>51.112000000000002</v>
       </c>
       <c r="F11" s="25">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G11" s="12">
         <v>0.9</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
     </row>
     <row r="12" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A12" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="19"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="B12" s="31">
+        <v>43.483999999999995</v>
+      </c>
+      <c r="C12" s="26">
+        <f t="shared" si="0"/>
+        <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0.9</v>
       </c>
-      <c r="E12" s="19"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="E12" s="19">
+        <v>55.488999999999997</v>
+      </c>
+      <c r="F12" s="26">
+        <f t="shared" si="1"/>
+        <v>0</v>
       </c>
       <c r="G12" s="6">
         <v>0.9</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
     </row>
     <row r="13" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="20"/>
       <c r="C13" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D13" s="12">
         <v>0.9</v>
       </c>
       <c r="E13" s="20"/>
       <c r="F13" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G13" s="12">