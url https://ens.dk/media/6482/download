--- v1 (2025-11-01)
+++ v2 (2025-11-29)
@@ -7,53 +7,53 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\EAD\VEA\VEA\Afregning af VE\Afregning\11. Månedsafregning\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB8296B7-48EC-4865-BB68-FF1B3ADD45E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0E60C5A-9D7F-4472-96A1-E56E882BE7C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Max 25øre" sheetId="3" r:id="rId1"/>
     <sheet name="Max 10øre" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -728,51 +728,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.42578125" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="7" max="7" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
     </row>
@@ -1036,62 +1036,66 @@
       </c>
       <c r="C12" s="28">
         <f t="shared" si="0"/>
         <v>14.516000000000005</v>
       </c>
       <c r="D12" s="7">
         <v>0.9</v>
       </c>
       <c r="E12" s="19">
         <v>55.488999999999997</v>
       </c>
       <c r="F12" s="28">
         <f t="shared" si="1"/>
         <v>2.5110000000000028</v>
       </c>
       <c r="G12" s="6">
         <v>0.9</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
     </row>
     <row r="13" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="20"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="B13" s="20">
+        <v>49.837000000000003</v>
+      </c>
+      <c r="C13" s="29">
+        <f t="shared" si="0"/>
+        <v>8.1629999999999967</v>
       </c>
       <c r="D13" s="11">
         <v>0.9</v>
       </c>
-      <c r="E13" s="20"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="E13" s="20">
+        <v>48.491999999999997</v>
+      </c>
+      <c r="F13" s="29">
+        <f t="shared" si="1"/>
+        <v>9.5080000000000027</v>
       </c>
       <c r="G13" s="12">
         <v>0.9</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
     </row>
     <row r="14" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="28" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D14" s="7">
         <v>0.9</v>
       </c>
       <c r="E14" s="19"/>
       <c r="F14" s="28" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G14" s="6">
@@ -1112,51 +1116,51 @@
       <c r="D15" s="15">
         <v>0.9</v>
       </c>
       <c r="E15" s="21"/>
       <c r="F15" s="30" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G15" s="14">
         <v>0.9</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" customWidth="1"/>
     <col min="4" max="4" width="27.42578125" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" customWidth="1"/>
     <col min="7" max="7" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
     </row>
@@ -1420,62 +1424,66 @@
       </c>
       <c r="C12" s="26">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0.9</v>
       </c>
       <c r="E12" s="19">
         <v>55.488999999999997</v>
       </c>
       <c r="F12" s="26">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G12" s="6">
         <v>0.9</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
     </row>
     <row r="13" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="20"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="B13" s="20">
+        <v>49.837000000000003</v>
+      </c>
+      <c r="C13" s="25">
+        <f t="shared" si="0"/>
+        <v>0</v>
       </c>
       <c r="D13" s="12">
         <v>0.9</v>
       </c>
-      <c r="E13" s="20"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="E13" s="20">
+        <v>48.491999999999997</v>
+      </c>
+      <c r="F13" s="25">
+        <f t="shared" si="1"/>
+        <v>0</v>
       </c>
       <c r="G13" s="12">
         <v>0.9</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
     </row>
     <row r="14" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="26" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D14" s="6">
         <v>0.9</v>
       </c>
       <c r="E14" s="19"/>
       <c r="F14" s="26" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G14" s="6">