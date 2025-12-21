--- v2 (2025-11-29)
+++ v3 (2025-12-21)
@@ -7,53 +7,53 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\EAD\VEA\VEA\Afregning af VE\Afregning\11. Månedsafregning\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0E60C5A-9D7F-4472-96A1-E56E882BE7C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{803F2F63-D4A8-4FAA-A5D2-CBB7CD539DE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Max 25øre" sheetId="3" r:id="rId1"/>
     <sheet name="Max 10øre" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -728,51 +728,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G20" sqref="G20"/>
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.42578125" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="7" max="7" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
     </row>
@@ -1063,62 +1063,66 @@
       </c>
       <c r="C13" s="29">
         <f t="shared" si="0"/>
         <v>8.1629999999999967</v>
       </c>
       <c r="D13" s="11">
         <v>0.9</v>
       </c>
       <c r="E13" s="20">
         <v>48.491999999999997</v>
       </c>
       <c r="F13" s="29">
         <f t="shared" si="1"/>
         <v>9.5080000000000027</v>
       </c>
       <c r="G13" s="12">
         <v>0.9</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
     </row>
     <row r="14" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="19"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="B14" s="19">
+        <v>57.771999999999998</v>
+      </c>
+      <c r="C14" s="28">
+        <f t="shared" si="0"/>
+        <v>0.22800000000000153</v>
       </c>
       <c r="D14" s="7">
         <v>0.9</v>
       </c>
-      <c r="E14" s="19"/>
-[...2 lines deleted...]
-        <v/>
+      <c r="E14" s="19">
+        <v>56.079000000000001</v>
+      </c>
+      <c r="F14" s="28">
+        <f t="shared" si="1"/>
+        <v>1.9209999999999994</v>
       </c>
       <c r="G14" s="6">
         <v>0.9</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
     </row>
     <row r="15" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A15" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="30" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D15" s="15">
         <v>0.9</v>
       </c>
       <c r="E15" s="21"/>
       <c r="F15" s="30" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G15" s="14">