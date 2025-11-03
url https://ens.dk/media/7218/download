--- v0 (2025-10-07)
+++ v1 (2025-11-03)
@@ -1,67 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\SYS\Varmepumper og statistik\Salgsstatistik\Samling\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A3866A8-FFFD-4A4F-912A-85D3EF3590F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10575"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Salg alle år kvt" sheetId="1" r:id="rId1"/>
     <sheet name="English" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="162913" concurrentManualCount="8"/>
+  <calcPr calcId="191029" concurrentManualCount="8"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3108" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3216" uniqueCount="30">
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Kapacitet</t>
   </si>
   <si>
     <t>Antal</t>
   </si>
   <si>
     <t>year</t>
   </si>
   <si>
     <t>halvaar</t>
   </si>
   <si>
     <t>kvartal</t>
   </si>
   <si>
     <t>Luft-Luft</t>
   </si>
   <si>
     <t>kW_0_6</t>
   </si>
   <si>
@@ -112,51 +129,51 @@
   <si>
     <t>Balance air - air</t>
   </si>
   <si>
     <t>Exhaust air - water</t>
   </si>
   <si>
     <t>Exhaust air - air</t>
   </si>
   <si>
     <t>Ground - Water</t>
   </si>
   <si>
     <t>Ground (direct expansion) - Water</t>
   </si>
   <si>
     <t>Air - Water, monoblock</t>
   </si>
   <si>
     <t>Air - Water, split</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -916,56 +933,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F1029"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:F1065"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="6" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -21513,57 +21528,777 @@
       </c>
       <c r="F1028">
         <v>2</v>
       </c>
     </row>
     <row r="1029" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1029" t="s">
         <v>11</v>
       </c>
       <c r="B1029" t="s">
         <v>14</v>
       </c>
       <c r="C1029">
         <v>7</v>
       </c>
       <c r="D1029">
         <v>2025</v>
       </c>
       <c r="E1029" t="s">
         <v>8</v>
       </c>
       <c r="F1029">
         <v>2</v>
       </c>
     </row>
+    <row r="1030" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1030" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1030">
+        <v>468</v>
+      </c>
+      <c r="D1030">
+        <v>2025</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1030">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1031" t="s">
+        <v>20</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1031">
+        <v>274</v>
+      </c>
+      <c r="D1031">
+        <v>2025</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1031">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1032" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1032">
+        <v>7870</v>
+      </c>
+      <c r="D1032">
+        <v>2025</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1032">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1033" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1033">
+        <v>124</v>
+      </c>
+      <c r="D1033">
+        <v>2025</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1033">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1034" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1034">
+        <v>48</v>
+      </c>
+      <c r="D1034">
+        <v>2025</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1034">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1035" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1035">
+        <v>120</v>
+      </c>
+      <c r="D1035">
+        <v>2025</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1035">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1036" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1036">
+        <v>0</v>
+      </c>
+      <c r="D1036">
+        <v>2025</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1036">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1037" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1037">
+        <v>118</v>
+      </c>
+      <c r="D1037">
+        <v>2025</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1037">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1038" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1038">
+        <v>0</v>
+      </c>
+      <c r="D1038">
+        <v>2025</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1038">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1039" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1039">
+        <v>799</v>
+      </c>
+      <c r="D1039">
+        <v>2025</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1039">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1040" t="s">
+        <v>20</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1040">
+        <v>283</v>
+      </c>
+      <c r="D1040">
+        <v>2025</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1040">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1041" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1041">
+        <v>297</v>
+      </c>
+      <c r="D1041">
+        <v>2025</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1041">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1042" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1042">
+        <v>0</v>
+      </c>
+      <c r="D1042">
+        <v>2025</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1042">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1043" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1043">
+        <v>0</v>
+      </c>
+      <c r="D1043">
+        <v>2025</v>
+      </c>
+      <c r="E1043" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1043">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1044" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1044">
+        <v>0</v>
+      </c>
+      <c r="D1044">
+        <v>2025</v>
+      </c>
+      <c r="E1044" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1044">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1045" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1045">
+        <v>0</v>
+      </c>
+      <c r="D1045">
+        <v>2025</v>
+      </c>
+      <c r="E1045" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1045">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1046" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1046">
+        <v>266</v>
+      </c>
+      <c r="D1046">
+        <v>2025</v>
+      </c>
+      <c r="E1046" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1046">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1047" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1047">
+        <v>0</v>
+      </c>
+      <c r="D1047">
+        <v>2025</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1047">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1048" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1048">
+        <v>1313</v>
+      </c>
+      <c r="D1048">
+        <v>2025</v>
+      </c>
+      <c r="E1048" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1048">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1049" t="s">
+        <v>20</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1049">
+        <v>189</v>
+      </c>
+      <c r="D1049">
+        <v>2025</v>
+      </c>
+      <c r="E1049" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1049">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1050" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1050">
+        <v>254</v>
+      </c>
+      <c r="D1050">
+        <v>2025</v>
+      </c>
+      <c r="E1050" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1050">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1051" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1051">
+        <v>0</v>
+      </c>
+      <c r="D1051">
+        <v>2025</v>
+      </c>
+      <c r="E1051" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1051">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1052" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1052">
+        <v>0</v>
+      </c>
+      <c r="D1052">
+        <v>2025</v>
+      </c>
+      <c r="E1052" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1052">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1053" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1053">
+        <v>0</v>
+      </c>
+      <c r="D1053">
+        <v>2025</v>
+      </c>
+      <c r="E1053" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1053">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1054" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1054">
+        <v>0</v>
+      </c>
+      <c r="D1054">
+        <v>2025</v>
+      </c>
+      <c r="E1054" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1054">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1055" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1055">
+        <v>398</v>
+      </c>
+      <c r="D1055">
+        <v>2025</v>
+      </c>
+      <c r="E1055" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1055">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1056" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1056">
+        <v>0</v>
+      </c>
+      <c r="D1056">
+        <v>2025</v>
+      </c>
+      <c r="E1056" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1056">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1057" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1057">
+        <v>59</v>
+      </c>
+      <c r="D1057">
+        <v>2025</v>
+      </c>
+      <c r="E1057" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1057">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1058" t="s">
+        <v>20</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1058">
+        <v>28</v>
+      </c>
+      <c r="D1058">
+        <v>2025</v>
+      </c>
+      <c r="E1058" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1058">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1059" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1059">
+        <v>67</v>
+      </c>
+      <c r="D1059">
+        <v>2025</v>
+      </c>
+      <c r="E1059" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1059">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1060" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1060">
+        <v>0</v>
+      </c>
+      <c r="D1060">
+        <v>2025</v>
+      </c>
+      <c r="E1060" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1060">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1061" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1061">
+        <v>0</v>
+      </c>
+      <c r="D1061">
+        <v>2025</v>
+      </c>
+      <c r="E1061" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1061">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1062" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1062">
+        <v>0</v>
+      </c>
+      <c r="D1062">
+        <v>2025</v>
+      </c>
+      <c r="E1062" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1062">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1063" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1063">
+        <v>0</v>
+      </c>
+      <c r="D1063">
+        <v>2025</v>
+      </c>
+      <c r="E1063" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1063">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1064" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1064">
+        <v>81</v>
+      </c>
+      <c r="D1064">
+        <v>2025</v>
+      </c>
+      <c r="E1064" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1064">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1065" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1065" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1065">
+        <v>0</v>
+      </c>
+      <c r="D1065">
+        <v>2025</v>
+      </c>
+      <c r="E1065" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1065">
+        <v>3</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="29.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
     </row>