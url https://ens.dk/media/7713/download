--- v0 (2026-02-04)
+++ v1 (2026-03-17)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\SYS\Statistik\ensstat\output\2024\til hjemmesiden\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{690FEFD8-F8C2-450C-9438-58D595F74963}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B76BDBAF-FF95-47EF-9BB4-A68137D685F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024" sheetId="1" r:id="rId1"/>
     <sheet name="Nøgletal faktisk" sheetId="2" r:id="rId2"/>
     <sheet name="Nøgletal korrigeret" sheetId="3" r:id="rId3"/>
     <sheet name="EU VE-andele" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
@@ -965,470 +965,470 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.dk/media/7427/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.dk/media/7427/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E40"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+    <sheetView topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="H37" sqref="H37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="52.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="14.5703125" customWidth="1"/>
+    <col min="1" max="1" width="52.54296875" customWidth="1"/>
+    <col min="2" max="2" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B1" s="3">
         <v>2024</v>
       </c>
       <c r="C1" s="3"/>
     </row>
-    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="36">
         <v>710.87</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="44"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="36">
         <v>119.25</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="44"/>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="36">
         <v>274.36</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="44"/>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="36">
         <v>597.22</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="44"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="36">
         <v>100.18</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="44"/>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="36">
         <v>230.5</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="44"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="37">
         <v>5.96</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="44"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="34" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="36">
         <v>2591</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="44"/>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="C11" s="4"/>
       <c r="E11" s="44"/>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="C12" s="4"/>
       <c r="E12" s="44"/>
     </row>
-    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="4"/>
       <c r="E13" s="44"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="36">
         <v>60.67</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="44"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="36">
         <v>49.57</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="44"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="36">
         <v>36.07</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="44"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="C17" s="4"/>
       <c r="E17" s="44"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="C18" s="4"/>
       <c r="E18" s="44"/>
     </row>
-    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="4"/>
       <c r="E19" s="44"/>
     </row>
-    <row r="20" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="34" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="37">
         <v>46.5</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="44"/>
     </row>
-    <row r="21" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B21" s="37">
         <v>79.7</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="44"/>
     </row>
-    <row r="22" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B22" s="37">
         <v>84.9</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="44"/>
     </row>
-    <row r="23" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B23" s="37">
         <v>70.7</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="44"/>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="40" t="s">
         <v>66</v>
       </c>
       <c r="C24" s="4"/>
       <c r="E24" s="44"/>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="41" t="s">
         <v>62</v>
       </c>
       <c r="C25" s="4"/>
       <c r="E25" s="44"/>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="C26" s="4"/>
       <c r="E26" s="44"/>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B27" s="38"/>
       <c r="C27" s="4"/>
       <c r="E27" s="44"/>
     </row>
-    <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="4"/>
       <c r="E28" s="44"/>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="39">
         <v>18991.939999999999</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E29" s="44"/>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="37">
         <v>39.549999999999997</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="44"/>
     </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="36">
         <v>81.41</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="44"/>
     </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="36">
         <v>62.71</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="44"/>
     </row>
-    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
       <c r="E33" s="44"/>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
       <c r="C34" s="4"/>
       <c r="E34" s="44"/>
     </row>
-    <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C35" s="4"/>
       <c r="E35" s="44"/>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="37">
-        <v>4.5599999999999996</v>
+        <v>4.47</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E36" s="44"/>
     </row>
-    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B37" s="36">
-        <v>107.03</v>
+        <v>105.67</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E37" s="44"/>
     </row>
-    <row r="38" spans="1:5" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B38" s="36">
-        <v>21.75</v>
+        <v>17.88</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E38" s="44"/>
     </row>
-    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="36">
         <v>65.959999999999994</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="44"/>
     </row>
-    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="36">
         <v>17.7</v>
       </c>
-      <c r="C40" t="s">
+      <c r="C40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E40" s="44"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AJ32"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="Z5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="67.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="67.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:36" ht="13.7" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:36" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:36" ht="13.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:36" ht="21" x14ac:dyDescent="0.5">
       <c r="A2" s="6" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="3" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="4" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:36" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="9"/>
       <c r="B4" s="10">
         <v>1990</v>
       </c>
       <c r="C4" s="10">
         <v>1991</v>
       </c>
       <c r="D4" s="10">
         <v>1992</v>
       </c>
       <c r="E4" s="10">
         <v>1993</v>
       </c>
       <c r="F4" s="10">
         <v>1994</v>
       </c>
       <c r="G4" s="10">
         <v>1995</v>
       </c>
       <c r="H4" s="10">
         <v>1996</v>
       </c>
       <c r="I4" s="10">
         <v>1997</v>
       </c>
@@ -1492,51 +1492,51 @@
       <c r="AC4" s="10">
         <v>2017</v>
       </c>
       <c r="AD4" s="10">
         <v>2018</v>
       </c>
       <c r="AE4" s="10">
         <v>2019</v>
       </c>
       <c r="AF4" s="10">
         <v>2020</v>
       </c>
       <c r="AG4" s="10">
         <v>2021</v>
       </c>
       <c r="AH4" s="10">
         <v>2022</v>
       </c>
       <c r="AI4" s="10">
         <v>2023</v>
       </c>
       <c r="AJ4" s="10">
         <v>2024</v>
       </c>
     </row>
-    <row r="5" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="12">
         <v>0.55044575444973309</v>
       </c>
       <c r="C5" s="12">
         <v>0.56374948803534408</v>
       </c>
       <c r="D5" s="12">
         <v>0.54480838911401053</v>
       </c>
       <c r="E5" s="12">
         <v>0.5539333164433311</v>
       </c>
       <c r="F5" s="12">
         <v>0.52151905247133246</v>
       </c>
       <c r="G5" s="12">
         <v>0.51673713412964428</v>
       </c>
       <c r="H5" s="12">
         <v>0.51797430625140495</v>
       </c>
       <c r="I5" s="12">
@@ -1602,51 +1602,51 @@
       <c r="AC5" s="12">
         <v>0.33616329383328503</v>
       </c>
       <c r="AD5" s="12">
         <v>0.33237455259621923</v>
       </c>
       <c r="AE5" s="12">
         <v>0.31702227910407743</v>
       </c>
       <c r="AF5" s="12">
         <v>0.29987105692366911</v>
       </c>
       <c r="AG5" s="12">
         <v>0.29643136447526641</v>
       </c>
       <c r="AH5" s="12">
         <v>0.27610607487936528</v>
       </c>
       <c r="AI5" s="12">
         <v>0.27453540959519057</v>
       </c>
       <c r="AJ5" s="12">
         <v>0.26929464946606674</v>
       </c>
     </row>
-    <row r="6" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>36</v>
       </c>
       <c r="B6" s="12">
         <v>0.40238892059599857</v>
       </c>
       <c r="C6" s="12">
         <v>0.4174015736308061</v>
       </c>
       <c r="D6" s="12">
         <v>0.40232043204402679</v>
       </c>
       <c r="E6" s="12">
         <v>0.41508799750980552</v>
       </c>
       <c r="F6" s="12">
         <v>0.39301260030321572</v>
       </c>
       <c r="G6" s="12">
         <v>0.38994552520770426</v>
       </c>
       <c r="H6" s="12">
         <v>0.39509890439321776</v>
       </c>
       <c r="I6" s="12">
@@ -1712,51 +1712,51 @@
       <c r="AC6" s="12">
         <v>0.27688354853355651</v>
       </c>
       <c r="AD6" s="12">
         <v>0.27322663771705769</v>
       </c>
       <c r="AE6" s="12">
         <v>0.26507223665689555</v>
       </c>
       <c r="AF6" s="12">
         <v>0.24745919821849724</v>
       </c>
       <c r="AG6" s="12">
         <v>0.24383129301462406</v>
       </c>
       <c r="AH6" s="12">
         <v>0.2320119785602002</v>
       </c>
       <c r="AI6" s="12">
         <v>0.23073309201351497</v>
       </c>
       <c r="AJ6" s="12">
         <v>0.22573906430327836</v>
       </c>
     </row>
-    <row r="7" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>37</v>
       </c>
       <c r="B7" s="13">
         <v>154.5</v>
       </c>
       <c r="C7" s="13">
         <v>160.19</v>
       </c>
       <c r="D7" s="13">
         <v>157.46</v>
       </c>
       <c r="E7" s="13">
         <v>159.4</v>
       </c>
       <c r="F7" s="13">
         <v>157.53</v>
       </c>
       <c r="G7" s="13">
         <v>160.24</v>
       </c>
       <c r="H7" s="13">
         <v>164.17</v>
       </c>
       <c r="I7" s="13">
@@ -1822,51 +1822,51 @@
       <c r="AC7" s="13">
         <v>133.69999999999999</v>
       </c>
       <c r="AD7" s="13">
         <v>133.88999999999999</v>
       </c>
       <c r="AE7" s="13">
         <v>129.34</v>
       </c>
       <c r="AF7" s="13">
         <v>119.82</v>
       </c>
       <c r="AG7" s="13">
         <v>125.77</v>
       </c>
       <c r="AH7" s="13">
         <v>117</v>
       </c>
       <c r="AI7" s="13">
         <v>115.87</v>
       </c>
       <c r="AJ7" s="13">
         <v>117.05</v>
       </c>
     </row>
-    <row r="8" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B8" s="15">
         <v>112.94</v>
       </c>
       <c r="C8" s="15">
         <v>118.61</v>
       </c>
       <c r="D8" s="15">
         <v>116.28</v>
       </c>
       <c r="E8" s="15">
         <v>119.45</v>
       </c>
       <c r="F8" s="15">
         <v>118.71</v>
       </c>
       <c r="G8" s="15">
         <v>120.92</v>
       </c>
       <c r="H8" s="15">
         <v>125.23</v>
       </c>
       <c r="I8" s="15">
@@ -1932,89 +1932,89 @@
       <c r="AC8" s="15">
         <v>110.12</v>
       </c>
       <c r="AD8" s="15">
         <v>110.07</v>
       </c>
       <c r="AE8" s="15">
         <v>108.15</v>
       </c>
       <c r="AF8" s="15">
         <v>98.88</v>
       </c>
       <c r="AG8" s="15">
         <v>103.45</v>
       </c>
       <c r="AH8" s="15">
         <v>98.31</v>
       </c>
       <c r="AI8" s="15">
         <v>97.38</v>
       </c>
       <c r="AJ8" s="15">
         <v>98.12</v>
       </c>
     </row>
-    <row r="9" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A9" s="16"/>
       <c r="B9" s="17"/>
       <c r="C9" s="17"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
       <c r="F9" s="17"/>
       <c r="G9" s="17"/>
       <c r="H9" s="17"/>
       <c r="I9" s="17"/>
       <c r="J9" s="17"/>
       <c r="K9" s="17"/>
       <c r="L9" s="17"/>
       <c r="M9" s="17"/>
       <c r="N9" s="17"/>
       <c r="O9" s="17"/>
       <c r="P9" s="17"/>
       <c r="Q9" s="17"/>
       <c r="R9" s="17"/>
       <c r="S9" s="17"/>
       <c r="T9" s="17"/>
       <c r="U9" s="17"/>
       <c r="V9" s="17"/>
       <c r="W9" s="17"/>
       <c r="X9" s="17"/>
       <c r="Y9" s="17"/>
       <c r="Z9" s="17"/>
       <c r="AA9" s="17"/>
       <c r="AB9" s="17"/>
       <c r="AC9" s="17"/>
       <c r="AD9" s="17"/>
       <c r="AE9" s="17"/>
       <c r="AF9" s="17"/>
       <c r="AG9" s="17"/>
       <c r="AH9" s="17"/>
       <c r="AI9" s="17"/>
       <c r="AJ9" s="17"/>
     </row>
-    <row r="10" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A10" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="13">
         <v>53.43</v>
       </c>
       <c r="C10" s="13">
         <v>60.74</v>
       </c>
       <c r="D10" s="13">
         <v>66.77</v>
       </c>
       <c r="E10" s="13">
         <v>70.67</v>
       </c>
       <c r="F10" s="13">
         <v>77.45</v>
       </c>
       <c r="G10" s="13">
         <v>78.34</v>
       </c>
       <c r="H10" s="13">
         <v>86.06</v>
       </c>
       <c r="I10" s="13">
@@ -2080,51 +2080,51 @@
       <c r="AC10" s="13">
         <v>85.09</v>
       </c>
       <c r="AD10" s="13">
         <v>75.05</v>
       </c>
       <c r="AE10" s="13">
         <v>69.48</v>
       </c>
       <c r="AF10" s="13">
         <v>57</v>
       </c>
       <c r="AG10" s="13">
         <v>54.55</v>
       </c>
       <c r="AH10" s="13">
         <v>60.79</v>
       </c>
       <c r="AI10" s="13">
         <v>60</v>
       </c>
       <c r="AJ10" s="13">
         <v>61.81</v>
       </c>
     </row>
-    <row r="11" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A11" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="18">
         <v>43.57</v>
       </c>
       <c r="C11" s="18">
         <v>42.86</v>
       </c>
       <c r="D11" s="18">
         <v>42.27</v>
       </c>
       <c r="E11" s="18">
         <v>41.91</v>
       </c>
       <c r="F11" s="18">
         <v>41.98</v>
       </c>
       <c r="G11" s="18">
         <v>44.63</v>
       </c>
       <c r="H11" s="18">
         <v>44.88</v>
       </c>
       <c r="I11" s="18">
@@ -2190,51 +2190,51 @@
       <c r="AC11" s="18">
         <v>37.9</v>
       </c>
       <c r="AD11" s="18">
         <v>38.07</v>
       </c>
       <c r="AE11" s="18">
         <v>38.92</v>
       </c>
       <c r="AF11" s="18">
         <v>35.299999999999997</v>
       </c>
       <c r="AG11" s="18">
         <v>34.08</v>
       </c>
       <c r="AH11" s="18">
         <v>38.380000000000003</v>
       </c>
       <c r="AI11" s="18">
         <v>37.75</v>
       </c>
       <c r="AJ11" s="18">
         <v>36.65</v>
       </c>
     </row>
-    <row r="12" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A12" s="14" t="s">
         <v>41</v>
       </c>
       <c r="B12" s="19">
         <v>5.67</v>
       </c>
       <c r="C12" s="19">
         <v>5.93</v>
       </c>
       <c r="D12" s="19">
         <v>6.37</v>
       </c>
       <c r="E12" s="19">
         <v>6.56</v>
       </c>
       <c r="F12" s="19">
         <v>6.57</v>
       </c>
       <c r="G12" s="19">
         <v>6.73</v>
       </c>
       <c r="H12" s="19">
         <v>6.93</v>
       </c>
       <c r="I12" s="19">
@@ -2300,89 +2300,89 @@
       <c r="AC12" s="19">
         <v>32.01</v>
       </c>
       <c r="AD12" s="19">
         <v>31.73</v>
       </c>
       <c r="AE12" s="19">
         <v>34.53</v>
       </c>
       <c r="AF12" s="19">
         <v>39.06</v>
       </c>
       <c r="AG12" s="19">
         <v>41.43</v>
       </c>
       <c r="AH12" s="19">
         <v>42</v>
       </c>
       <c r="AI12" s="19">
         <v>44.54</v>
       </c>
       <c r="AJ12" s="19">
         <v>46.66</v>
       </c>
     </row>
-    <row r="13" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A13" s="16"/>
       <c r="B13" s="20"/>
       <c r="C13" s="20"/>
       <c r="D13" s="20"/>
       <c r="E13" s="20"/>
       <c r="F13" s="20"/>
       <c r="G13" s="20"/>
       <c r="H13" s="20"/>
       <c r="I13" s="20"/>
       <c r="J13" s="20"/>
       <c r="K13" s="20"/>
       <c r="L13" s="20"/>
       <c r="M13" s="20"/>
       <c r="N13" s="20"/>
       <c r="O13" s="20"/>
       <c r="P13" s="20"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
       <c r="S13" s="20"/>
       <c r="T13" s="20"/>
       <c r="U13" s="20"/>
       <c r="V13" s="20"/>
       <c r="W13" s="20"/>
       <c r="X13" s="20"/>
       <c r="Y13" s="20"/>
       <c r="Z13" s="20"/>
       <c r="AA13" s="20"/>
       <c r="AB13" s="20"/>
       <c r="AC13" s="20"/>
       <c r="AD13" s="20"/>
       <c r="AE13" s="20"/>
       <c r="AF13" s="20"/>
       <c r="AG13" s="20"/>
       <c r="AH13" s="20"/>
       <c r="AI13" s="20"/>
       <c r="AJ13" s="20"/>
     </row>
-    <row r="14" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A14" s="21" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="22">
         <v>9</v>
       </c>
       <c r="C14" s="22">
         <v>0</v>
       </c>
       <c r="D14" s="22">
         <v>9.98</v>
       </c>
       <c r="E14" s="22">
         <v>9.98</v>
       </c>
       <c r="F14" s="22">
         <v>9.98</v>
       </c>
       <c r="G14" s="22">
         <v>11.68</v>
       </c>
       <c r="H14" s="22">
         <v>11.68</v>
       </c>
       <c r="I14" s="22">
@@ -2448,51 +2448,51 @@
       <c r="AC14" s="22">
         <v>9</v>
       </c>
       <c r="AD14" s="22">
         <v>9</v>
       </c>
       <c r="AE14" s="22">
         <v>9</v>
       </c>
       <c r="AF14" s="22">
         <v>9</v>
       </c>
       <c r="AG14" s="22">
         <v>9</v>
       </c>
       <c r="AH14" s="22">
         <v>9</v>
       </c>
       <c r="AI14" s="22">
         <v>9</v>
       </c>
       <c r="AJ14" s="22">
         <v>9</v>
       </c>
     </row>
-    <row r="15" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A15" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="23">
         <v>9561.5095000000019</v>
       </c>
       <c r="D15" s="23">
         <v>10010.8995</v>
       </c>
       <c r="E15" s="23">
         <v>10327.094500000001</v>
       </c>
       <c r="F15" s="23">
         <v>10767.11</v>
       </c>
       <c r="G15" s="23">
         <v>10759.41</v>
       </c>
       <c r="H15" s="23">
         <v>11037.21</v>
       </c>
       <c r="I15" s="23">
@@ -2558,51 +2558,51 @@
       <c r="AC15" s="23">
         <v>14321.03</v>
       </c>
       <c r="AD15" s="23">
         <v>14995.27</v>
       </c>
       <c r="AE15" s="23">
         <v>15075.72</v>
       </c>
       <c r="AF15" s="23">
         <v>15169.66</v>
       </c>
       <c r="AG15" s="23">
         <v>16196.17</v>
       </c>
       <c r="AH15" s="23">
         <v>17746.28</v>
       </c>
       <c r="AI15" s="23">
         <v>18382.16</v>
       </c>
       <c r="AJ15" s="23">
         <v>18991.939999999999</v>
       </c>
     </row>
-    <row r="16" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A16" s="24" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="25">
         <v>3.6</v>
       </c>
       <c r="C16" s="25">
         <v>4.110329022838914</v>
       </c>
       <c r="D16" s="25">
         <v>4.3592436423919754</v>
       </c>
       <c r="E16" s="25">
         <v>4.5365567246431215</v>
       </c>
       <c r="F16" s="25">
         <v>4.84</v>
       </c>
       <c r="G16" s="25">
         <v>5.57</v>
       </c>
       <c r="H16" s="25">
         <v>7.37</v>
       </c>
       <c r="I16" s="25">
@@ -2668,51 +2668,51 @@
       <c r="AC16" s="25">
         <v>38.369999999999997</v>
       </c>
       <c r="AD16" s="25">
         <v>40.83</v>
       </c>
       <c r="AE16" s="25">
         <v>40.53</v>
       </c>
       <c r="AF16" s="25">
         <v>41.29</v>
       </c>
       <c r="AG16" s="25">
         <v>43.28</v>
       </c>
       <c r="AH16" s="25">
         <v>40.04</v>
       </c>
       <c r="AI16" s="25">
         <v>39.659999999999997</v>
       </c>
       <c r="AJ16" s="25">
         <v>39.549999999999997</v>
       </c>
     </row>
-    <row r="17" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A17" s="14" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="26">
         <v>22.5</v>
       </c>
       <c r="C17" s="26">
         <v>-6.1</v>
       </c>
       <c r="D17" s="26">
         <v>11.5</v>
       </c>
       <c r="E17" s="26">
         <v>3.58</v>
       </c>
       <c r="F17" s="26">
         <v>-14.65</v>
       </c>
       <c r="G17" s="26">
         <v>-2.35</v>
       </c>
       <c r="H17" s="26">
         <v>-43.26</v>
       </c>
       <c r="I17" s="26">
@@ -2778,89 +2778,89 @@
       <c r="AC17" s="26">
         <v>13.34</v>
       </c>
       <c r="AD17" s="26">
         <v>15.13</v>
       </c>
       <c r="AE17" s="26">
         <v>16.850000000000001</v>
       </c>
       <c r="AF17" s="26">
         <v>19.8</v>
       </c>
       <c r="AG17" s="26">
         <v>13.2</v>
       </c>
       <c r="AH17" s="26">
         <v>3.83</v>
       </c>
       <c r="AI17" s="26">
         <v>8.6199999999999992</v>
       </c>
       <c r="AJ17" s="26">
         <v>9.7200000000000006</v>
       </c>
     </row>
-    <row r="18" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A18" s="16"/>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="7"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
       <c r="R18" s="7"/>
       <c r="S18" s="7"/>
       <c r="T18" s="7"/>
       <c r="U18" s="7"/>
       <c r="V18" s="7"/>
       <c r="W18" s="7"/>
       <c r="X18" s="7"/>
       <c r="Y18" s="7"/>
       <c r="Z18" s="7"/>
       <c r="AA18" s="7"/>
       <c r="AB18" s="7"/>
       <c r="AC18" s="7"/>
       <c r="AD18" s="7"/>
       <c r="AE18" s="7"/>
       <c r="AF18" s="7"/>
       <c r="AG18" s="7"/>
       <c r="AH18" s="7"/>
       <c r="AI18" s="7"/>
       <c r="AJ18" s="7"/>
     </row>
-    <row r="19" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="27">
         <v>36.799999999999997</v>
       </c>
       <c r="C19" s="27">
         <v>30.39</v>
       </c>
       <c r="D19" s="27">
         <v>38.22</v>
       </c>
       <c r="E19" s="27">
         <v>40.01</v>
       </c>
       <c r="F19" s="27">
         <v>32.1</v>
       </c>
       <c r="G19" s="27">
         <v>40.049999999999997</v>
       </c>
       <c r="H19" s="27">
         <v>32.950000000000003</v>
       </c>
       <c r="I19" s="27">
@@ -2926,51 +2926,51 @@
       <c r="AC19" s="27">
         <v>78.62</v>
       </c>
       <c r="AD19" s="27">
         <v>74.92</v>
       </c>
       <c r="AE19" s="27">
         <v>87.01</v>
       </c>
       <c r="AF19" s="27">
         <v>80.209999999999994</v>
       </c>
       <c r="AG19" s="27">
         <v>71.790000000000006</v>
       </c>
       <c r="AH19" s="27">
         <v>72.36</v>
       </c>
       <c r="AI19" s="27">
         <v>83.52</v>
       </c>
       <c r="AJ19" s="27">
         <v>81.41</v>
       </c>
     </row>
-    <row r="20" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="27">
         <v>58.81</v>
       </c>
       <c r="C20" s="27">
         <v>61.25</v>
       </c>
       <c r="D20" s="27">
         <v>63.76</v>
       </c>
       <c r="E20" s="27">
         <v>69.27</v>
       </c>
       <c r="F20" s="27">
         <v>70.459999999999994</v>
       </c>
       <c r="G20" s="27">
         <v>73.430000000000007</v>
       </c>
       <c r="H20" s="27">
         <v>77.48</v>
       </c>
       <c r="I20" s="27">
@@ -3036,51 +3036,51 @@
       <c r="AC20" s="27">
         <v>68.08</v>
       </c>
       <c r="AD20" s="27">
         <v>66.25</v>
       </c>
       <c r="AE20" s="27">
         <v>67.91</v>
       </c>
       <c r="AF20" s="27">
         <v>65.36</v>
       </c>
       <c r="AG20" s="27">
         <v>65.680000000000007</v>
       </c>
       <c r="AH20" s="27">
         <v>65.42</v>
       </c>
       <c r="AI20" s="27">
         <v>63.58</v>
       </c>
       <c r="AJ20" s="27">
         <v>62.71</v>
       </c>
     </row>
-    <row r="21" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A21" s="14" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="28">
         <v>3.1004585727238396</v>
       </c>
       <c r="C21" s="28">
         <v>3.3953289424091095</v>
       </c>
       <c r="D21" s="28">
         <v>3.9183196819441299</v>
       </c>
       <c r="E21" s="28">
         <v>4.2084955063234037</v>
       </c>
       <c r="F21" s="28">
         <v>6.2821143146846099</v>
       </c>
       <c r="G21" s="28">
         <v>5.17</v>
       </c>
       <c r="H21" s="28">
         <v>5.44</v>
       </c>
       <c r="I21" s="28">
@@ -3146,89 +3146,89 @@
       <c r="AC21" s="28">
         <v>61.55</v>
       </c>
       <c r="AD21" s="28">
         <v>58.63</v>
       </c>
       <c r="AE21" s="28">
         <v>65.650000000000006</v>
       </c>
       <c r="AF21" s="28">
         <v>66</v>
       </c>
       <c r="AG21" s="28">
         <v>69.25</v>
       </c>
       <c r="AH21" s="28">
         <v>79.099999999999994</v>
       </c>
       <c r="AI21" s="28">
         <v>80.150000000000006</v>
       </c>
       <c r="AJ21" s="28">
         <v>81.510000000000005</v>
       </c>
     </row>
-    <row r="22" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A22" s="16"/>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
       <c r="L22" s="7"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
       <c r="R22" s="7"/>
       <c r="S22" s="7"/>
       <c r="T22" s="7"/>
       <c r="U22" s="7"/>
       <c r="V22" s="7"/>
       <c r="W22" s="7"/>
       <c r="X22" s="7"/>
       <c r="Y22" s="7"/>
       <c r="Z22" s="7"/>
       <c r="AA22" s="7"/>
       <c r="AB22" s="7"/>
       <c r="AC22" s="7"/>
       <c r="AD22" s="7"/>
       <c r="AE22" s="7"/>
       <c r="AF22" s="7"/>
       <c r="AG22" s="7"/>
       <c r="AH22" s="7"/>
       <c r="AI22" s="7"/>
       <c r="AJ22" s="7"/>
     </row>
-    <row r="23" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A23" s="21" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="25">
         <v>10.34</v>
       </c>
       <c r="C23" s="25">
         <v>12.26</v>
       </c>
       <c r="D23" s="25">
         <v>11.07</v>
       </c>
       <c r="E23" s="25">
         <v>11.46</v>
       </c>
       <c r="F23" s="25">
         <v>12.17</v>
       </c>
       <c r="G23" s="25">
         <v>11.54</v>
       </c>
       <c r="H23" s="25">
         <v>14.03</v>
       </c>
       <c r="I23" s="25">
@@ -3294,51 +3294,51 @@
       <c r="AC23" s="25">
         <v>6.12</v>
       </c>
       <c r="AD23" s="25">
         <v>6.08</v>
       </c>
       <c r="AE23" s="25">
         <v>5.54</v>
       </c>
       <c r="AF23" s="25">
         <v>4.6500000000000004</v>
       </c>
       <c r="AG23" s="25">
         <v>4.8600000000000003</v>
       </c>
       <c r="AH23" s="25">
         <v>4.78</v>
       </c>
       <c r="AI23" s="25">
         <v>4.37</v>
       </c>
       <c r="AJ23" s="25">
         <v>4.21</v>
       </c>
     </row>
-    <row r="24" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A24" s="24" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="29">
         <v>36.840000000000003</v>
       </c>
       <c r="C24" s="29">
         <v>43.15</v>
       </c>
       <c r="D24" s="29">
         <v>38.299999999999997</v>
       </c>
       <c r="E24" s="29">
         <v>39.82</v>
       </c>
       <c r="F24" s="29">
         <v>40.29</v>
       </c>
       <c r="G24" s="29">
         <v>37.229999999999997</v>
       </c>
       <c r="H24" s="29">
         <v>44.25</v>
       </c>
       <c r="I24" s="29">
@@ -3404,51 +3404,51 @@
       <c r="AC24" s="29">
         <v>15.38</v>
       </c>
       <c r="AD24" s="29">
         <v>15.1</v>
       </c>
       <c r="AE24" s="29">
         <v>13.57</v>
       </c>
       <c r="AF24" s="29">
         <v>11.64</v>
       </c>
       <c r="AG24" s="29">
         <v>11.45</v>
       </c>
       <c r="AH24" s="29">
         <v>11.27</v>
       </c>
       <c r="AI24" s="29">
         <v>10.36</v>
       </c>
       <c r="AJ24" s="29">
         <v>9.68</v>
       </c>
     </row>
-    <row r="25" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A25" s="24" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="30">
         <v>66.92</v>
       </c>
       <c r="C25" s="30">
         <v>76.540000000000006</v>
       </c>
       <c r="D25" s="30">
         <v>70.3</v>
       </c>
       <c r="E25" s="30">
         <v>71.89</v>
       </c>
       <c r="F25" s="30">
         <v>77.25</v>
       </c>
       <c r="G25" s="30">
         <v>72.05</v>
       </c>
       <c r="H25" s="30">
         <v>85.43</v>
       </c>
       <c r="I25" s="30">
@@ -3514,51 +3514,51 @@
       <c r="AC25" s="30">
         <v>45.76</v>
       </c>
       <c r="AD25" s="30">
         <v>45.43</v>
       </c>
       <c r="AE25" s="30">
         <v>42.81</v>
       </c>
       <c r="AF25" s="30">
         <v>38.81</v>
       </c>
       <c r="AG25" s="30">
         <v>38.619999999999997</v>
       </c>
       <c r="AH25" s="30">
         <v>40.83</v>
       </c>
       <c r="AI25" s="30">
         <v>37.75</v>
       </c>
       <c r="AJ25" s="30">
         <v>35.96</v>
       </c>
     </row>
-    <row r="26" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A26" s="11" t="s">
         <v>51</v>
       </c>
       <c r="B26" s="31">
         <v>712.53</v>
       </c>
       <c r="C26" s="31">
         <v>967.12</v>
       </c>
       <c r="D26" s="31">
         <v>790.72</v>
       </c>
       <c r="E26" s="31">
         <v>828.35</v>
       </c>
       <c r="F26" s="31">
         <v>941.19</v>
       </c>
       <c r="G26" s="31">
         <v>822.91</v>
       </c>
       <c r="H26" s="31">
         <v>1171.8900000000001</v>
       </c>
       <c r="I26" s="31">
@@ -3624,51 +3624,51 @@
       <c r="AC26" s="31">
         <v>206.97</v>
       </c>
       <c r="AD26" s="31">
         <v>213.22</v>
       </c>
       <c r="AE26" s="31">
         <v>129.19</v>
       </c>
       <c r="AF26" s="31">
         <v>119.73</v>
       </c>
       <c r="AG26" s="31">
         <v>141.52000000000001</v>
       </c>
       <c r="AH26" s="31">
         <v>130.43</v>
       </c>
       <c r="AI26" s="31">
         <v>85.79</v>
       </c>
       <c r="AJ26" s="31">
         <v>65.959999999999994</v>
       </c>
     </row>
-    <row r="27" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:36" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="32" t="s">
         <v>63</v>
       </c>
       <c r="B27" s="33">
         <v>60.43</v>
       </c>
       <c r="C27" s="33">
         <v>59.18</v>
       </c>
       <c r="D27" s="33">
         <v>55.77</v>
       </c>
       <c r="E27" s="33">
         <v>53.84</v>
       </c>
       <c r="F27" s="33">
         <v>53.77</v>
       </c>
       <c r="G27" s="33">
         <v>50.16</v>
       </c>
       <c r="H27" s="33">
         <v>48.15</v>
       </c>
       <c r="I27" s="33">
@@ -3734,101 +3734,101 @@
       <c r="AC27" s="33">
         <v>25.42</v>
       </c>
       <c r="AD27" s="33">
         <v>24.47</v>
       </c>
       <c r="AE27" s="33">
         <v>22.37</v>
       </c>
       <c r="AF27" s="33">
         <v>17.5</v>
       </c>
       <c r="AG27" s="33">
         <v>16.420000000000002</v>
       </c>
       <c r="AH27" s="33">
         <v>21.99</v>
       </c>
       <c r="AI27" s="33">
         <v>20.02</v>
       </c>
       <c r="AJ27" s="33">
         <v>17.7</v>
       </c>
     </row>
-    <row r="29" spans="1:36" ht="90" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:36" ht="87" x14ac:dyDescent="0.35">
       <c r="A29" s="35" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="31" spans="1:36" ht="120" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:36" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A31" s="42" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="32" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A32" s="43" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A32" r:id="rId1" display="her" xr:uid="{3783DDBF-02D4-4785-8286-BCF6E56F4B67}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AJ32"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="Z5" activePane="bottomRight" state="frozen"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane xSplit="1" ySplit="4" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="F35" sqref="F35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="67.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="67.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:36" ht="13.7" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:36" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:36" ht="13.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:36" ht="21" x14ac:dyDescent="0.5">
       <c r="A2" s="6" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="3" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="4" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:36" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="9"/>
       <c r="B4" s="10">
         <v>1990</v>
       </c>
       <c r="C4" s="10">
         <v>1991</v>
       </c>
       <c r="D4" s="10">
         <v>1992</v>
       </c>
       <c r="E4" s="10">
         <v>1993</v>
       </c>
       <c r="F4" s="10">
         <v>1994</v>
       </c>
       <c r="G4" s="10">
         <v>1995</v>
       </c>
       <c r="H4" s="10">
         <v>1996</v>
       </c>
       <c r="I4" s="10">
         <v>1997</v>
       </c>
@@ -3892,51 +3892,51 @@
       <c r="AC4" s="10">
         <v>2017</v>
       </c>
       <c r="AD4" s="10">
         <v>2018</v>
       </c>
       <c r="AE4" s="10">
         <v>2019</v>
       </c>
       <c r="AF4" s="10">
         <v>2020</v>
       </c>
       <c r="AG4" s="10">
         <v>2021</v>
       </c>
       <c r="AH4" s="10">
         <v>2022</v>
       </c>
       <c r="AI4" s="10">
         <v>2023</v>
       </c>
       <c r="AJ4" s="10">
         <v>2024</v>
       </c>
     </row>
-    <row r="5" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="12">
         <v>0.56792192952654585</v>
       </c>
       <c r="C5" s="12">
         <v>0.5669015980266302</v>
       </c>
       <c r="D5" s="12">
         <v>0.55554208472341982</v>
       </c>
       <c r="E5" s="12">
         <v>0.55177015177686983</v>
       </c>
       <c r="F5" s="12">
         <v>0.52802741357080007</v>
       </c>
       <c r="G5" s="12">
         <v>0.51904430419618197</v>
       </c>
       <c r="H5" s="12">
         <v>0.50606505103090738</v>
       </c>
       <c r="I5" s="12">
@@ -4002,51 +4002,51 @@
       <c r="AC5" s="12">
         <v>0.33789671753346506</v>
       </c>
       <c r="AD5" s="12">
         <v>0.33517664674349229</v>
       </c>
       <c r="AE5" s="12">
         <v>0.32053899776073219</v>
       </c>
       <c r="AF5" s="12">
         <v>0.30584575522722879</v>
       </c>
       <c r="AG5" s="12">
         <v>0.29484269612702652</v>
       </c>
       <c r="AH5" s="12">
         <v>0.27930378899214342</v>
       </c>
       <c r="AI5" s="12">
         <v>0.27692632585319621</v>
       </c>
       <c r="AJ5" s="12">
         <v>0.2743605866126122</v>
       </c>
     </row>
-    <row r="6" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>36</v>
       </c>
       <c r="B6" s="12">
         <v>0.41879198307673637</v>
       </c>
       <c r="C6" s="12">
         <v>0.42037778250496211</v>
       </c>
       <c r="D6" s="12">
         <v>0.4126327825215878</v>
       </c>
       <c r="E6" s="12">
         <v>0.41298297455686772</v>
       </c>
       <c r="F6" s="12">
         <v>0.3993812324116478</v>
       </c>
       <c r="G6" s="12">
         <v>0.39223298294254483</v>
       </c>
       <c r="H6" s="12">
         <v>0.38317630526556185</v>
       </c>
       <c r="I6" s="12">
@@ -4112,51 +4112,51 @@
       <c r="AC6" s="12">
         <v>0.27869897559450529</v>
       </c>
       <c r="AD6" s="12">
         <v>0.27614321852155266</v>
       </c>
       <c r="AE6" s="12">
         <v>0.26874341202997565</v>
       </c>
       <c r="AF6" s="12">
         <v>0.25371310281876519</v>
       </c>
       <c r="AG6" s="12">
         <v>0.24217689860171571</v>
       </c>
       <c r="AH6" s="12">
         <v>0.23504255070087052</v>
       </c>
       <c r="AI6" s="12">
         <v>0.23298117328873053</v>
       </c>
       <c r="AJ6" s="12">
         <v>0.23049729511699441</v>
       </c>
     </row>
-    <row r="7" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>37</v>
       </c>
       <c r="B7" s="13">
         <v>159.4</v>
       </c>
       <c r="C7" s="13">
         <v>161.09</v>
       </c>
       <c r="D7" s="13">
         <v>160.57</v>
       </c>
       <c r="E7" s="13">
         <v>158.78</v>
       </c>
       <c r="F7" s="13">
         <v>159.5</v>
       </c>
       <c r="G7" s="13">
         <v>160.96</v>
       </c>
       <c r="H7" s="13">
         <v>160.4</v>
       </c>
       <c r="I7" s="13">
@@ -4222,51 +4222,51 @@
       <c r="AC7" s="13">
         <v>134.38999999999999</v>
       </c>
       <c r="AD7" s="13">
         <v>135.02000000000001</v>
       </c>
       <c r="AE7" s="13">
         <v>130.78</v>
       </c>
       <c r="AF7" s="13">
         <v>122.21</v>
       </c>
       <c r="AG7" s="13">
         <v>125.1</v>
       </c>
       <c r="AH7" s="13">
         <v>118.35</v>
       </c>
       <c r="AI7" s="13">
         <v>116.88</v>
       </c>
       <c r="AJ7" s="13">
         <v>119.25</v>
       </c>
     </row>
-    <row r="8" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B8" s="15">
         <v>117.55</v>
       </c>
       <c r="C8" s="15">
         <v>119.45</v>
       </c>
       <c r="D8" s="15">
         <v>119.26</v>
       </c>
       <c r="E8" s="15">
         <v>118.84</v>
       </c>
       <c r="F8" s="15">
         <v>120.64</v>
       </c>
       <c r="G8" s="15">
         <v>121.63</v>
       </c>
       <c r="H8" s="15">
         <v>121.45</v>
       </c>
       <c r="I8" s="15">
@@ -4332,89 +4332,89 @@
       <c r="AC8" s="15">
         <v>110.84</v>
       </c>
       <c r="AD8" s="15">
         <v>111.24</v>
       </c>
       <c r="AE8" s="15">
         <v>109.64</v>
       </c>
       <c r="AF8" s="15">
         <v>101.38</v>
       </c>
       <c r="AG8" s="15">
         <v>102.75</v>
       </c>
       <c r="AH8" s="15">
         <v>99.6</v>
       </c>
       <c r="AI8" s="15">
         <v>98.33</v>
       </c>
       <c r="AJ8" s="15">
         <v>100.18</v>
       </c>
     </row>
-    <row r="9" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A9" s="16"/>
       <c r="B9" s="17"/>
       <c r="C9" s="17"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
       <c r="F9" s="17"/>
       <c r="G9" s="17"/>
       <c r="H9" s="17"/>
       <c r="I9" s="17"/>
       <c r="J9" s="17"/>
       <c r="K9" s="17"/>
       <c r="L9" s="17"/>
       <c r="M9" s="17"/>
       <c r="N9" s="17"/>
       <c r="O9" s="17"/>
       <c r="P9" s="17"/>
       <c r="Q9" s="17"/>
       <c r="R9" s="17"/>
       <c r="S9" s="17"/>
       <c r="T9" s="17"/>
       <c r="U9" s="17"/>
       <c r="V9" s="17"/>
       <c r="W9" s="17"/>
       <c r="X9" s="17"/>
       <c r="Y9" s="17"/>
       <c r="Z9" s="17"/>
       <c r="AA9" s="17"/>
       <c r="AB9" s="17"/>
       <c r="AC9" s="17"/>
       <c r="AD9" s="17"/>
       <c r="AE9" s="17"/>
       <c r="AF9" s="17"/>
       <c r="AG9" s="17"/>
       <c r="AH9" s="17"/>
       <c r="AI9" s="17"/>
       <c r="AJ9" s="17"/>
     </row>
-    <row r="10" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A10" s="11" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="13">
         <v>51.78</v>
       </c>
       <c r="C10" s="13">
         <v>60.4</v>
       </c>
       <c r="D10" s="13">
         <v>65.48</v>
       </c>
       <c r="E10" s="13">
         <v>70.95</v>
       </c>
       <c r="F10" s="13">
         <v>76.489999999999995</v>
       </c>
       <c r="G10" s="13">
         <v>78</v>
       </c>
       <c r="H10" s="13">
         <v>88.09</v>
       </c>
       <c r="I10" s="13">
@@ -4480,51 +4480,51 @@
       <c r="AC10" s="13">
         <v>84.65</v>
       </c>
       <c r="AD10" s="13">
         <v>74.42</v>
       </c>
       <c r="AE10" s="13">
         <v>68.709999999999994</v>
       </c>
       <c r="AF10" s="13">
         <v>55.89</v>
       </c>
       <c r="AG10" s="13">
         <v>54.85</v>
       </c>
       <c r="AH10" s="13">
         <v>60.1</v>
       </c>
       <c r="AI10" s="13">
         <v>59.48</v>
       </c>
       <c r="AJ10" s="13">
         <v>60.67</v>
       </c>
     </row>
-    <row r="11" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A11" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="18">
         <v>43.35</v>
       </c>
       <c r="C11" s="18">
         <v>42.8</v>
       </c>
       <c r="D11" s="18">
         <v>42.04</v>
       </c>
       <c r="E11" s="18">
         <v>41.96</v>
       </c>
       <c r="F11" s="18">
         <v>41.89</v>
       </c>
       <c r="G11" s="18">
         <v>44.55</v>
       </c>
       <c r="H11" s="18">
         <v>45.22</v>
       </c>
       <c r="I11" s="18">
@@ -4590,51 +4590,51 @@
       <c r="AC11" s="18">
         <v>37.74</v>
       </c>
       <c r="AD11" s="18">
         <v>37.81</v>
       </c>
       <c r="AE11" s="18">
         <v>38.57</v>
       </c>
       <c r="AF11" s="18">
         <v>34.74</v>
       </c>
       <c r="AG11" s="18">
         <v>34.229999999999997</v>
       </c>
       <c r="AH11" s="18">
         <v>38.03</v>
       </c>
       <c r="AI11" s="18">
         <v>37.479999999999997</v>
       </c>
       <c r="AJ11" s="18">
         <v>36.07</v>
       </c>
     </row>
-    <row r="12" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A12" s="14" t="s">
         <v>41</v>
       </c>
       <c r="B12" s="19">
         <v>5.99</v>
       </c>
       <c r="C12" s="19">
         <v>5.99</v>
       </c>
       <c r="D12" s="19">
         <v>6.58</v>
       </c>
       <c r="E12" s="19">
         <v>6.52</v>
       </c>
       <c r="F12" s="19">
         <v>6.7</v>
       </c>
       <c r="G12" s="19">
         <v>6.78</v>
       </c>
       <c r="H12" s="19">
         <v>6.71</v>
       </c>
       <c r="I12" s="19">
@@ -4700,89 +4700,89 @@
       <c r="AC12" s="19">
         <v>32.11</v>
       </c>
       <c r="AD12" s="19">
         <v>31.91</v>
       </c>
       <c r="AE12" s="19">
         <v>34.76</v>
       </c>
       <c r="AF12" s="19">
         <v>39.450000000000003</v>
       </c>
       <c r="AG12" s="19">
         <v>41.32</v>
       </c>
       <c r="AH12" s="19">
         <v>42.27</v>
       </c>
       <c r="AI12" s="19">
         <v>44.74</v>
       </c>
       <c r="AJ12" s="19">
         <v>47.1</v>
       </c>
     </row>
-    <row r="13" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A13" s="16"/>
       <c r="B13" s="20"/>
       <c r="C13" s="20"/>
       <c r="D13" s="20"/>
       <c r="E13" s="20"/>
       <c r="F13" s="20"/>
       <c r="G13" s="20"/>
       <c r="H13" s="20"/>
       <c r="I13" s="20"/>
       <c r="J13" s="20"/>
       <c r="K13" s="20"/>
       <c r="L13" s="20"/>
       <c r="M13" s="20"/>
       <c r="N13" s="20"/>
       <c r="O13" s="20"/>
       <c r="P13" s="20"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
       <c r="S13" s="20"/>
       <c r="T13" s="20"/>
       <c r="U13" s="20"/>
       <c r="V13" s="20"/>
       <c r="W13" s="20"/>
       <c r="X13" s="20"/>
       <c r="Y13" s="20"/>
       <c r="Z13" s="20"/>
       <c r="AA13" s="20"/>
       <c r="AB13" s="20"/>
       <c r="AC13" s="20"/>
       <c r="AD13" s="20"/>
       <c r="AE13" s="20"/>
       <c r="AF13" s="20"/>
       <c r="AG13" s="20"/>
       <c r="AH13" s="20"/>
       <c r="AI13" s="20"/>
       <c r="AJ13" s="20"/>
     </row>
-    <row r="14" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A14" s="21" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="22">
         <v>9</v>
       </c>
       <c r="C14" s="22">
         <v>0</v>
       </c>
       <c r="D14" s="22">
         <v>9.98</v>
       </c>
       <c r="E14" s="22">
         <v>9.98</v>
       </c>
       <c r="F14" s="22">
         <v>9.98</v>
       </c>
       <c r="G14" s="22">
         <v>11.68</v>
       </c>
       <c r="H14" s="22">
         <v>11.68</v>
       </c>
       <c r="I14" s="22">
@@ -4848,51 +4848,51 @@
       <c r="AC14" s="22">
         <v>9</v>
       </c>
       <c r="AD14" s="22">
         <v>9</v>
       </c>
       <c r="AE14" s="22">
         <v>9</v>
       </c>
       <c r="AF14" s="22">
         <v>9</v>
       </c>
       <c r="AG14" s="22">
         <v>9</v>
       </c>
       <c r="AH14" s="22">
         <v>9</v>
       </c>
       <c r="AI14" s="22">
         <v>9</v>
       </c>
       <c r="AJ14" s="22">
         <v>9</v>
       </c>
     </row>
-    <row r="15" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A15" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="23">
         <v>9561.5095000000019</v>
       </c>
       <c r="D15" s="23">
         <v>10010.8995</v>
       </c>
       <c r="E15" s="23">
         <v>10327.094500000001</v>
       </c>
       <c r="F15" s="23">
         <v>10767.11</v>
       </c>
       <c r="G15" s="23">
         <v>10759.41</v>
       </c>
       <c r="H15" s="23">
         <v>11037.21</v>
       </c>
       <c r="I15" s="23">
@@ -4958,51 +4958,51 @@
       <c r="AC15" s="23">
         <v>14321.03</v>
       </c>
       <c r="AD15" s="23">
         <v>14995.27</v>
       </c>
       <c r="AE15" s="23">
         <v>15075.72</v>
       </c>
       <c r="AF15" s="23">
         <v>15169.66</v>
       </c>
       <c r="AG15" s="23">
         <v>16196.17</v>
       </c>
       <c r="AH15" s="23">
         <v>17746.28</v>
       </c>
       <c r="AI15" s="23">
         <v>18382.16</v>
       </c>
       <c r="AJ15" s="23">
         <v>18991.939999999999</v>
       </c>
     </row>
-    <row r="16" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A16" s="24" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="25">
         <v>3.6</v>
       </c>
       <c r="C16" s="25">
         <v>4.110329022838914</v>
       </c>
       <c r="D16" s="25">
         <v>4.3592436423919754</v>
       </c>
       <c r="E16" s="25">
         <v>4.5365567246431215</v>
       </c>
       <c r="F16" s="25">
         <v>4.84</v>
       </c>
       <c r="G16" s="25">
         <v>5.57</v>
       </c>
       <c r="H16" s="25">
         <v>7.37</v>
       </c>
       <c r="I16" s="25">
@@ -5068,51 +5068,51 @@
       <c r="AC16" s="25">
         <v>38.369999999999997</v>
       </c>
       <c r="AD16" s="25">
         <v>40.83</v>
       </c>
       <c r="AE16" s="25">
         <v>40.53</v>
       </c>
       <c r="AF16" s="25">
         <v>41.29</v>
       </c>
       <c r="AG16" s="25">
         <v>43.28</v>
       </c>
       <c r="AH16" s="25">
         <v>40.04</v>
       </c>
       <c r="AI16" s="25">
         <v>39.659999999999997</v>
       </c>
       <c r="AJ16" s="25">
         <v>39.549999999999997</v>
       </c>
     </row>
-    <row r="17" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A17" s="14" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="26">
         <v>22.5</v>
       </c>
       <c r="C17" s="26">
         <v>-6.1</v>
       </c>
       <c r="D17" s="26">
         <v>11.5</v>
       </c>
       <c r="E17" s="26">
         <v>3.58</v>
       </c>
       <c r="F17" s="26">
         <v>-14.65</v>
       </c>
       <c r="G17" s="26">
         <v>-2.35</v>
       </c>
       <c r="H17" s="26">
         <v>-43.26</v>
       </c>
       <c r="I17" s="26">
@@ -5178,89 +5178,89 @@
       <c r="AC17" s="26">
         <v>13.34</v>
       </c>
       <c r="AD17" s="26">
         <v>15.13</v>
       </c>
       <c r="AE17" s="26">
         <v>16.850000000000001</v>
       </c>
       <c r="AF17" s="26">
         <v>19.8</v>
       </c>
       <c r="AG17" s="26">
         <v>13.2</v>
       </c>
       <c r="AH17" s="26">
         <v>3.83</v>
       </c>
       <c r="AI17" s="26">
         <v>8.6199999999999992</v>
       </c>
       <c r="AJ17" s="26">
         <v>9.7200000000000006</v>
       </c>
     </row>
-    <row r="18" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A18" s="16"/>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="7"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
       <c r="R18" s="7"/>
       <c r="S18" s="7"/>
       <c r="T18" s="7"/>
       <c r="U18" s="7"/>
       <c r="V18" s="7"/>
       <c r="W18" s="7"/>
       <c r="X18" s="7"/>
       <c r="Y18" s="7"/>
       <c r="Z18" s="7"/>
       <c r="AA18" s="7"/>
       <c r="AB18" s="7"/>
       <c r="AC18" s="7"/>
       <c r="AD18" s="7"/>
       <c r="AE18" s="7"/>
       <c r="AF18" s="7"/>
       <c r="AG18" s="7"/>
       <c r="AH18" s="7"/>
       <c r="AI18" s="7"/>
       <c r="AJ18" s="7"/>
     </row>
-    <row r="19" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="27">
         <v>36.799999999999997</v>
       </c>
       <c r="C19" s="27">
         <v>30.39</v>
       </c>
       <c r="D19" s="27">
         <v>38.22</v>
       </c>
       <c r="E19" s="27">
         <v>40.01</v>
       </c>
       <c r="F19" s="27">
         <v>32.1</v>
       </c>
       <c r="G19" s="27">
         <v>40.049999999999997</v>
       </c>
       <c r="H19" s="27">
         <v>32.950000000000003</v>
       </c>
       <c r="I19" s="27">
@@ -5326,51 +5326,51 @@
       <c r="AC19" s="27">
         <v>78.62</v>
       </c>
       <c r="AD19" s="27">
         <v>74.92</v>
       </c>
       <c r="AE19" s="27">
         <v>87.01</v>
       </c>
       <c r="AF19" s="27">
         <v>80.209999999999994</v>
       </c>
       <c r="AG19" s="27">
         <v>71.790000000000006</v>
       </c>
       <c r="AH19" s="27">
         <v>72.36</v>
       </c>
       <c r="AI19" s="27">
         <v>83.52</v>
       </c>
       <c r="AJ19" s="27">
         <v>81.41</v>
       </c>
     </row>
-    <row r="20" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="27">
         <v>58.81</v>
       </c>
       <c r="C20" s="27">
         <v>61.25</v>
       </c>
       <c r="D20" s="27">
         <v>63.76</v>
       </c>
       <c r="E20" s="27">
         <v>69.27</v>
       </c>
       <c r="F20" s="27">
         <v>70.459999999999994</v>
       </c>
       <c r="G20" s="27">
         <v>73.430000000000007</v>
       </c>
       <c r="H20" s="27">
         <v>77.48</v>
       </c>
       <c r="I20" s="27">
@@ -5436,51 +5436,51 @@
       <c r="AC20" s="27">
         <v>68.08</v>
       </c>
       <c r="AD20" s="27">
         <v>66.25</v>
       </c>
       <c r="AE20" s="27">
         <v>67.91</v>
       </c>
       <c r="AF20" s="27">
         <v>65.36</v>
       </c>
       <c r="AG20" s="27">
         <v>65.680000000000007</v>
       </c>
       <c r="AH20" s="27">
         <v>65.42</v>
       </c>
       <c r="AI20" s="27">
         <v>63.58</v>
       </c>
       <c r="AJ20" s="27">
         <v>62.71</v>
       </c>
     </row>
-    <row r="21" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A21" s="14" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="28">
         <v>3.1004585727238396</v>
       </c>
       <c r="C21" s="28">
         <v>3.3953289424091095</v>
       </c>
       <c r="D21" s="28">
         <v>3.9183196819441299</v>
       </c>
       <c r="E21" s="28">
         <v>4.2084955063234037</v>
       </c>
       <c r="F21" s="28">
         <v>6.2821143146846099</v>
       </c>
       <c r="G21" s="28">
         <v>5.17</v>
       </c>
       <c r="H21" s="28">
         <v>5.44</v>
       </c>
       <c r="I21" s="28">
@@ -5546,919 +5546,919 @@
       <c r="AC21" s="28">
         <v>61.55</v>
       </c>
       <c r="AD21" s="28">
         <v>58.63</v>
       </c>
       <c r="AE21" s="28">
         <v>65.650000000000006</v>
       </c>
       <c r="AF21" s="28">
         <v>66</v>
       </c>
       <c r="AG21" s="28">
         <v>69.25</v>
       </c>
       <c r="AH21" s="28">
         <v>79.099999999999994</v>
       </c>
       <c r="AI21" s="28">
         <v>80.150000000000006</v>
       </c>
       <c r="AJ21" s="28">
         <v>81.510000000000005</v>
       </c>
     </row>
-    <row r="22" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A22" s="16"/>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
       <c r="L22" s="7"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
       <c r="R22" s="7"/>
       <c r="S22" s="7"/>
       <c r="T22" s="7"/>
       <c r="U22" s="7"/>
       <c r="V22" s="7"/>
       <c r="W22" s="7"/>
       <c r="X22" s="7"/>
       <c r="Y22" s="7"/>
       <c r="Z22" s="7"/>
       <c r="AA22" s="7"/>
       <c r="AB22" s="7"/>
       <c r="AC22" s="7"/>
       <c r="AD22" s="7"/>
       <c r="AE22" s="7"/>
       <c r="AF22" s="7"/>
       <c r="AG22" s="7"/>
       <c r="AH22" s="7"/>
       <c r="AI22" s="7"/>
       <c r="AJ22" s="7"/>
     </row>
-    <row r="23" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A23" s="21" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="25">
-        <v>11.9</v>
+        <v>11.87</v>
       </c>
       <c r="C23" s="25">
-        <v>12.03</v>
+        <v>12.02</v>
       </c>
       <c r="D23" s="25">
-        <v>11.85</v>
+        <v>11.83</v>
       </c>
       <c r="E23" s="25">
         <v>11.62</v>
       </c>
       <c r="F23" s="25">
-        <v>11.58</v>
+        <v>11.56</v>
       </c>
       <c r="G23" s="25">
         <v>11.46</v>
       </c>
       <c r="H23" s="25">
-        <v>11.29</v>
+        <v>11.31</v>
       </c>
       <c r="I23" s="25">
         <v>11.09</v>
       </c>
       <c r="J23" s="25">
-        <v>10.77</v>
+        <v>10.76</v>
       </c>
       <c r="K23" s="25">
-        <v>10.6</v>
+        <v>10.58</v>
       </c>
       <c r="L23" s="25">
-        <v>10.4</v>
+        <v>10.37</v>
       </c>
       <c r="M23" s="25">
         <v>10.25</v>
       </c>
       <c r="N23" s="25">
-        <v>9.9700000000000006</v>
+        <v>9.9600000000000009</v>
       </c>
       <c r="O23" s="25">
-        <v>9.86</v>
+        <v>9.85</v>
       </c>
       <c r="P23" s="25">
-        <v>9.6999999999999993</v>
+        <v>9.68</v>
       </c>
       <c r="Q23" s="25">
-        <v>9.69</v>
+        <v>9.68</v>
       </c>
       <c r="R23" s="25">
-        <v>9.9499999999999993</v>
+        <v>9.92</v>
       </c>
       <c r="S23" s="25">
-        <v>9.91</v>
+        <v>9.8800000000000008</v>
       </c>
       <c r="T23" s="25">
-        <v>9.66</v>
+        <v>9.6300000000000008</v>
       </c>
       <c r="U23" s="25">
-        <v>8.9600000000000009</v>
+        <v>8.9499999999999993</v>
       </c>
       <c r="V23" s="25">
-        <v>8.49</v>
+        <v>8.5500000000000007</v>
       </c>
       <c r="W23" s="25">
-        <v>8.26</v>
+        <v>8.23</v>
       </c>
       <c r="X23" s="25">
-        <v>7.92</v>
+        <v>7.93</v>
       </c>
       <c r="Y23" s="25">
-        <v>7.59</v>
+        <v>7.6</v>
       </c>
       <c r="Z23" s="25">
-        <v>7.27</v>
+        <v>7.19</v>
       </c>
       <c r="AA23" s="25">
-        <v>6.94</v>
+        <v>6.91</v>
       </c>
       <c r="AB23" s="25">
-        <v>7.12</v>
+        <v>7.11</v>
       </c>
       <c r="AC23" s="25">
-        <v>6.63</v>
+        <v>6.61</v>
       </c>
       <c r="AD23" s="25">
-        <v>6.67</v>
+        <v>6.64</v>
       </c>
       <c r="AE23" s="25">
-        <v>6.16</v>
+        <v>6.12</v>
       </c>
       <c r="AF23" s="25">
-        <v>5.37</v>
+        <v>5.3</v>
       </c>
       <c r="AG23" s="25">
-        <v>5.2</v>
+        <v>5.22</v>
       </c>
       <c r="AH23" s="25">
-        <v>4.95</v>
+        <v>4.91</v>
       </c>
       <c r="AI23" s="25">
-        <v>4.6399999999999997</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="AJ23" s="25">
-        <v>4.5599999999999996</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:36" x14ac:dyDescent="0.25">
+        <v>4.47</v>
+      </c>
+    </row>
+    <row r="24" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A24" s="24" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="29">
-        <v>42.4</v>
+        <v>42.29</v>
       </c>
       <c r="C24" s="29">
-        <v>42.32</v>
+        <v>42.31</v>
       </c>
       <c r="D24" s="29">
-        <v>41.01</v>
+        <v>40.93</v>
       </c>
       <c r="E24" s="29">
-        <v>40.380000000000003</v>
+        <v>40.39</v>
       </c>
       <c r="F24" s="29">
-        <v>38.33</v>
+        <v>38.28</v>
       </c>
       <c r="G24" s="29">
-        <v>36.97</v>
+        <v>36.950000000000003</v>
       </c>
       <c r="H24" s="29">
-        <v>35.61</v>
+        <v>35.68</v>
       </c>
       <c r="I24" s="29">
-        <v>34.090000000000003</v>
+        <v>34.06</v>
       </c>
       <c r="J24" s="29">
-        <v>32.450000000000003</v>
+        <v>32.42</v>
       </c>
       <c r="K24" s="29">
-        <v>31.14</v>
+        <v>31.09</v>
       </c>
       <c r="L24" s="29">
-        <v>29.53</v>
+        <v>29.45</v>
       </c>
       <c r="M24" s="29">
         <v>28.94</v>
       </c>
       <c r="N24" s="29">
-        <v>28.14</v>
+        <v>28.09</v>
       </c>
       <c r="O24" s="29">
-        <v>27.78</v>
+        <v>27.75</v>
       </c>
       <c r="P24" s="29">
-        <v>26.64</v>
+        <v>26.61</v>
       </c>
       <c r="Q24" s="29">
-        <v>26.09</v>
+        <v>26.05</v>
       </c>
       <c r="R24" s="29">
-        <v>25.86</v>
+        <v>25.8</v>
       </c>
       <c r="S24" s="29">
-        <v>25.6</v>
+        <v>25.52</v>
       </c>
       <c r="T24" s="29">
-        <v>25.19</v>
+        <v>25.12</v>
       </c>
       <c r="U24" s="29">
-        <v>24.75</v>
+        <v>24.73</v>
       </c>
       <c r="V24" s="29">
-        <v>23.19</v>
+        <v>23.36</v>
       </c>
       <c r="W24" s="29">
-        <v>22.37</v>
+        <v>22.3</v>
       </c>
       <c r="X24" s="29">
-        <v>21.54</v>
+        <v>21.56</v>
       </c>
       <c r="Y24" s="29">
-        <v>20.43</v>
+        <v>20.45</v>
       </c>
       <c r="Z24" s="29">
-        <v>19.399999999999999</v>
+        <v>19.190000000000001</v>
       </c>
       <c r="AA24" s="29">
-        <v>18.239999999999998</v>
+        <v>18.16</v>
       </c>
       <c r="AB24" s="29">
-        <v>18.329999999999998</v>
+        <v>18.29</v>
       </c>
       <c r="AC24" s="29">
-        <v>16.670000000000002</v>
+        <v>16.62</v>
       </c>
       <c r="AD24" s="29">
-        <v>16.55</v>
+        <v>16.48</v>
       </c>
       <c r="AE24" s="29">
-        <v>15.1</v>
+        <v>15.01</v>
       </c>
       <c r="AF24" s="29">
-        <v>13.44</v>
+        <v>13.27</v>
       </c>
       <c r="AG24" s="29">
-        <v>12.26</v>
+        <v>12.31</v>
       </c>
       <c r="AH24" s="29">
-        <v>11.69</v>
+        <v>11.58</v>
       </c>
       <c r="AI24" s="29">
-        <v>10.99</v>
+        <v>10.91</v>
       </c>
       <c r="AJ24" s="29">
-        <v>10.48</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:36" x14ac:dyDescent="0.25">
+        <v>10.29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A25" s="24" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="30">
-        <v>74.66</v>
+        <v>74.47</v>
       </c>
       <c r="C25" s="30">
-        <v>74.66</v>
+        <v>74.63</v>
       </c>
       <c r="D25" s="30">
-        <v>73.81</v>
+        <v>73.680000000000007</v>
       </c>
       <c r="E25" s="30">
-        <v>73.180000000000007</v>
+        <v>73.209999999999994</v>
       </c>
       <c r="F25" s="30">
-        <v>72.59</v>
+        <v>72.5</v>
       </c>
       <c r="G25" s="30">
-        <v>71.22</v>
+        <v>71.19</v>
       </c>
       <c r="H25" s="30">
-        <v>70.36</v>
+        <v>70.5</v>
       </c>
       <c r="I25" s="30">
-        <v>69.02</v>
+        <v>68.97</v>
       </c>
       <c r="J25" s="30">
-        <v>68</v>
+        <v>67.94</v>
       </c>
       <c r="K25" s="30">
-        <v>66.989999999999995</v>
+        <v>66.88</v>
       </c>
       <c r="L25" s="30">
-        <v>66.11</v>
+        <v>65.94</v>
       </c>
       <c r="M25" s="30">
         <v>65.56</v>
       </c>
       <c r="N25" s="30">
-        <v>64.81</v>
+        <v>64.69</v>
       </c>
       <c r="O25" s="30">
-        <v>63.8</v>
+        <v>63.74</v>
       </c>
       <c r="P25" s="30">
-        <v>62.39</v>
+        <v>62.31</v>
       </c>
       <c r="Q25" s="30">
-        <v>61.76</v>
+        <v>61.66</v>
       </c>
       <c r="R25" s="30">
-        <v>62.58</v>
+        <v>62.43</v>
       </c>
       <c r="S25" s="30">
-        <v>61.87</v>
+        <v>61.66</v>
       </c>
       <c r="T25" s="30">
-        <v>61.35</v>
+        <v>61.17</v>
       </c>
       <c r="U25" s="30">
-        <v>60.81</v>
+        <v>60.76</v>
       </c>
       <c r="V25" s="30">
-        <v>57.79</v>
+        <v>58.22</v>
       </c>
       <c r="W25" s="30">
-        <v>57.08</v>
+        <v>56.92</v>
       </c>
       <c r="X25" s="30">
-        <v>56.49</v>
+        <v>56.56</v>
       </c>
       <c r="Y25" s="30">
-        <v>55.66</v>
+        <v>55.71</v>
       </c>
       <c r="Z25" s="30">
-        <v>54.21</v>
+        <v>53.65</v>
       </c>
       <c r="AA25" s="30">
-        <v>52.08</v>
+        <v>51.85</v>
       </c>
       <c r="AB25" s="30">
-        <v>52.5</v>
+        <v>52.41</v>
       </c>
       <c r="AC25" s="30">
-        <v>49.32</v>
+        <v>49.2</v>
       </c>
       <c r="AD25" s="30">
-        <v>49.37</v>
+        <v>49.16</v>
       </c>
       <c r="AE25" s="30">
-        <v>47.12</v>
+        <v>46.83</v>
       </c>
       <c r="AF25" s="30">
-        <v>43.93</v>
+        <v>43.39</v>
       </c>
       <c r="AG25" s="30">
-        <v>41.59</v>
+        <v>41.75</v>
       </c>
       <c r="AH25" s="30">
-        <v>41.85</v>
+        <v>41.45</v>
       </c>
       <c r="AI25" s="30">
-        <v>39.69</v>
+        <v>39.380000000000003</v>
       </c>
       <c r="AJ25" s="30">
-        <v>38.200000000000003</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:36" x14ac:dyDescent="0.25">
+        <v>37.51</v>
+      </c>
+    </row>
+    <row r="26" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A26" s="11" t="s">
         <v>51</v>
       </c>
       <c r="B26" s="31">
-        <v>928.5</v>
+        <v>928.55</v>
       </c>
       <c r="C26" s="31">
-        <v>915.56</v>
+        <v>915.62</v>
       </c>
       <c r="D26" s="31">
-        <v>886.84</v>
+        <v>886.91</v>
       </c>
       <c r="E26" s="31">
-        <v>862.68</v>
+        <v>862.65</v>
       </c>
       <c r="F26" s="31">
-        <v>820.51</v>
+        <v>820.41</v>
       </c>
       <c r="G26" s="31">
-        <v>801.32</v>
+        <v>801.44</v>
       </c>
       <c r="H26" s="31">
-        <v>769.15</v>
+        <v>768.68</v>
       </c>
       <c r="I26" s="31">
-        <v>722.59</v>
+        <v>722.79</v>
       </c>
       <c r="J26" s="31">
-        <v>682.45</v>
+        <v>682.72</v>
       </c>
       <c r="K26" s="31">
-        <v>645</v>
+        <v>645.49</v>
       </c>
       <c r="L26" s="31">
-        <v>631.67999999999995</v>
+        <v>632.04999999999995</v>
       </c>
       <c r="M26" s="31">
-        <v>624.54999999999995</v>
+        <v>624.58000000000004</v>
       </c>
       <c r="N26" s="31">
-        <v>599.08000000000004</v>
+        <v>599.38</v>
       </c>
       <c r="O26" s="31">
-        <v>585.11</v>
+        <v>585.19000000000005</v>
       </c>
       <c r="P26" s="31">
-        <v>539.21</v>
+        <v>539.33000000000004</v>
       </c>
       <c r="Q26" s="31">
-        <v>536.91</v>
+        <v>536.91999999999996</v>
       </c>
       <c r="R26" s="31">
-        <v>563.29999999999995</v>
+        <v>563.49</v>
       </c>
       <c r="S26" s="31">
-        <v>574.41</v>
+        <v>574.55999999999995</v>
       </c>
       <c r="T26" s="31">
-        <v>570.87</v>
+        <v>571</v>
       </c>
       <c r="U26" s="31">
-        <v>565.23</v>
+        <v>565.26</v>
       </c>
       <c r="V26" s="31">
-        <v>505.1</v>
+        <v>504.78</v>
       </c>
       <c r="W26" s="31">
-        <v>474.71</v>
+        <v>474.78</v>
       </c>
       <c r="X26" s="31">
-        <v>472.65</v>
+        <v>472.64</v>
       </c>
       <c r="Y26" s="31">
-        <v>436.26</v>
+        <v>436.33</v>
       </c>
       <c r="Z26" s="31">
-        <v>388.87</v>
+        <v>388.2</v>
       </c>
       <c r="AA26" s="31">
-        <v>349.65</v>
+        <v>349.38</v>
       </c>
       <c r="AB26" s="31">
-        <v>370.45</v>
+        <v>370.33</v>
       </c>
       <c r="AC26" s="31">
-        <v>292.06</v>
+        <v>291.92</v>
       </c>
       <c r="AD26" s="31">
-        <v>308.16000000000003</v>
+        <v>307.89999999999998</v>
       </c>
       <c r="AE26" s="31">
-        <v>228.48</v>
+        <v>228.09</v>
       </c>
       <c r="AF26" s="31">
-        <v>230.83</v>
+        <v>229.97</v>
       </c>
       <c r="AG26" s="31">
-        <v>208.43</v>
+        <v>208.76</v>
       </c>
       <c r="AH26" s="31">
-        <v>149.01</v>
+        <v>148.27000000000001</v>
       </c>
       <c r="AI26" s="31">
-        <v>125.19</v>
+        <v>124.6</v>
       </c>
       <c r="AJ26" s="31">
-        <v>107.03</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>105.67</v>
+      </c>
+    </row>
+    <row r="27" spans="1:36" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="32" t="s">
         <v>63</v>
       </c>
       <c r="B27" s="33">
-        <v>62.41</v>
+        <v>60.43</v>
       </c>
       <c r="C27" s="33">
-        <v>59.52</v>
+        <v>59.18</v>
       </c>
       <c r="D27" s="33">
-        <v>57.01</v>
+        <v>55.77</v>
       </c>
       <c r="E27" s="33">
-        <v>53.61</v>
+        <v>53.84</v>
       </c>
       <c r="F27" s="33">
-        <v>54.5</v>
+        <v>53.78</v>
       </c>
       <c r="G27" s="33">
-        <v>50.43</v>
+        <v>50.16</v>
       </c>
       <c r="H27" s="33">
-        <v>46.73</v>
+        <v>48.15</v>
       </c>
       <c r="I27" s="33">
-        <v>47.11</v>
+        <v>46.58</v>
       </c>
       <c r="J27" s="33">
-        <v>46.17</v>
+        <v>45.62</v>
       </c>
       <c r="K27" s="33">
-        <v>45.15</v>
+        <v>44.13</v>
       </c>
       <c r="L27" s="33">
-        <v>43.88</v>
+        <v>42.37</v>
       </c>
       <c r="M27" s="33">
-        <v>42.61</v>
+        <v>42.57</v>
       </c>
       <c r="N27" s="33">
-        <v>42.07</v>
+        <v>41.04</v>
       </c>
       <c r="O27" s="33">
-        <v>40.47</v>
+        <v>39.950000000000003</v>
       </c>
       <c r="P27" s="33">
-        <v>39.619999999999997</v>
+        <v>38.93</v>
       </c>
       <c r="Q27" s="33">
-        <v>38.74</v>
+        <v>37.99</v>
       </c>
       <c r="R27" s="33">
-        <v>37.86</v>
+        <v>36.58</v>
       </c>
       <c r="S27" s="33">
-        <v>38.299999999999997</v>
+        <v>36.6</v>
       </c>
       <c r="T27" s="33">
-        <v>37.92</v>
+        <v>36.47</v>
       </c>
       <c r="U27" s="33">
-        <v>37.630000000000003</v>
+        <v>37.26</v>
       </c>
       <c r="V27" s="33">
-        <v>32.22</v>
+        <v>35.549999999999997</v>
       </c>
       <c r="W27" s="33">
-        <v>34.49</v>
+        <v>33.29</v>
       </c>
       <c r="X27" s="33">
-        <v>33.35</v>
+        <v>33.81</v>
       </c>
       <c r="Y27" s="33">
-        <v>33.03</v>
+        <v>33.4</v>
       </c>
       <c r="Z27" s="33">
-        <v>34.82</v>
+        <v>31.05</v>
       </c>
       <c r="AA27" s="33">
-        <v>32.35</v>
+        <v>30.79</v>
       </c>
       <c r="AB27" s="33">
-        <v>30.3</v>
+        <v>29.68</v>
       </c>
       <c r="AC27" s="33">
-        <v>26.26</v>
+        <v>25.44</v>
       </c>
       <c r="AD27" s="33">
-        <v>25.87</v>
+        <v>24.49</v>
       </c>
       <c r="AE27" s="33">
-        <v>24.29</v>
+        <v>22.41</v>
       </c>
       <c r="AF27" s="33">
-        <v>20.9</v>
+        <v>17.62</v>
       </c>
       <c r="AG27" s="33">
-        <v>15.45</v>
+        <v>16.38</v>
       </c>
       <c r="AH27" s="33">
-        <v>24.44</v>
+        <v>22.08</v>
       </c>
       <c r="AI27" s="33">
-        <v>21.87</v>
+        <v>20.11</v>
       </c>
       <c r="AJ27" s="33">
-        <v>21.75</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:36" ht="90" x14ac:dyDescent="0.25">
+        <v>17.88</v>
+      </c>
+    </row>
+    <row r="29" spans="1:36" ht="87" x14ac:dyDescent="0.35">
       <c r="A29" s="35" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="31" spans="1:36" ht="120" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:36" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A31" s="42" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="32" spans="1:36" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A32" s="43" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A32" r:id="rId1" display="her" xr:uid="{4103997B-B2BF-4B85-AB87-61B065B4F015}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0A52AC2-8D3F-44E0-9302-CC06C6864B1A}">
   <dimension ref="A2:K20"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="83.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="83.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="21" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" ht="21" x14ac:dyDescent="0.5">
       <c r="A2" s="6" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="9"/>
       <c r="B3" s="10">
         <v>2015</v>
       </c>
       <c r="C3" s="10">
         <v>2016</v>
       </c>
       <c r="D3" s="10">
         <v>2017</v>
       </c>
       <c r="E3" s="10">
         <v>2018</v>
       </c>
       <c r="F3" s="10">
         <v>2019</v>
       </c>
       <c r="G3" s="10">
         <v>2020</v>
       </c>
       <c r="H3" s="10">
         <v>2021</v>
       </c>
       <c r="I3" s="10">
         <v>2022</v>
       </c>
       <c r="J3" s="10">
         <v>2023</v>
       </c>
       <c r="K3" s="10">
         <v>2024</v>
       </c>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A4" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B4" s="25">
         <v>30.468884320150259</v>
       </c>
       <c r="C4" s="25">
         <v>31.714784640036736</v>
       </c>
       <c r="D4" s="25">
         <v>34.387381686846012</v>
       </c>
       <c r="E4" s="25">
         <v>35.176855617573409</v>
       </c>
       <c r="F4" s="25">
         <v>37.04567432534359</v>
       </c>
       <c r="G4" s="25">
         <v>41.604406159796376</v>
       </c>
       <c r="H4" s="25">
         <v>42.760998934710933</v>
       </c>
       <c r="I4" s="25">
         <v>42.710335370041548</v>
       </c>
       <c r="J4" s="25">
         <v>45.295000000000002</v>
       </c>
       <c r="K4">
         <v>47.1</v>
       </c>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B5" s="25">
         <v>30.468884320150259</v>
       </c>
       <c r="C5" s="25">
         <v>31.714784640036736</v>
       </c>
       <c r="D5" s="25">
         <v>34.387381686846012</v>
       </c>
       <c r="E5" s="25">
         <v>35.159495913613412</v>
       </c>
       <c r="F5" s="25">
         <v>37.019926775969871</v>
       </c>
       <c r="G5" s="25">
         <v>31.680762812879909</v>
       </c>
       <c r="H5" s="25">
         <v>41.008858875784703</v>
       </c>
       <c r="I5" s="25">
         <v>41.601484680953703</v>
       </c>
       <c r="J5" s="25">
         <v>44.396000000000001</v>
       </c>
       <c r="K5" s="25">
         <v>46.461232791433602</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>71</v>
       </c>
       <c r="B6" s="25">
         <v>58.4</v>
       </c>
       <c r="C6" s="25">
         <v>58.2</v>
       </c>
       <c r="D6" s="25">
         <v>63.2</v>
       </c>
       <c r="E6" s="25">
         <v>62.5</v>
       </c>
       <c r="F6" s="25">
         <v>65.900000000000006</v>
       </c>
       <c r="G6" s="25">
         <v>65.7</v>
       </c>
       <c r="H6" s="25">
         <v>73.2</v>
       </c>
       <c r="I6" s="25">
         <v>76.7</v>
       </c>
       <c r="J6" s="25">
         <v>79</v>
       </c>
       <c r="K6" s="25">
         <v>79.66</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>72</v>
       </c>
       <c r="B7" s="25">
         <v>60.5</v>
       </c>
       <c r="C7" s="25">
         <v>62.9</v>
       </c>
       <c r="D7" s="25">
         <v>69.400000000000006</v>
       </c>
       <c r="E7" s="25">
         <v>73</v>
       </c>
       <c r="F7" s="25">
         <v>77.5</v>
       </c>
       <c r="G7" s="25">
         <v>75.5</v>
       </c>
       <c r="H7" s="25">
         <v>74.900000000000006</v>
       </c>
       <c r="I7" s="25">
         <v>78.900000000000006</v>
       </c>
       <c r="J7" s="25">
         <v>81.8</v>
       </c>
       <c r="K7" s="25">
         <v>84.9</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
         <v>73</v>
       </c>
       <c r="B8" s="26">
         <v>38.6</v>
       </c>
       <c r="C8" s="26">
         <v>40</v>
       </c>
       <c r="D8" s="26">
         <v>44.7</v>
       </c>
       <c r="E8" s="26">
         <v>46.1</v>
       </c>
       <c r="F8" s="26">
         <v>47.6</v>
       </c>
       <c r="G8" s="26">
         <v>49.1</v>
       </c>
       <c r="H8" s="26">
         <v>68.400000000000006</v>
       </c>
       <c r="I8" s="26">
         <v>72.8</v>
       </c>
       <c r="J8" s="26">
         <v>73.900000000000006</v>
       </c>
       <c r="K8" s="26">
         <v>70.7</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="120" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" ht="116" x14ac:dyDescent="0.35">
       <c r="A11" s="35" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="45" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="58" x14ac:dyDescent="0.35">
       <c r="A13" s="35" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="29" x14ac:dyDescent="0.35">
       <c r="A14" s="35" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="19" spans="2:10" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:10" x14ac:dyDescent="0.35">
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
     </row>
-    <row r="20" spans="2:10" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:10" x14ac:dyDescent="0.35">
       <c r="B20" s="25"/>
       <c r="C20" s="25"/>
       <c r="D20" s="25"/>
       <c r="E20" s="25"/>
       <c r="F20" s="25"/>
       <c r="G20" s="25"/>
       <c r="H20" s="25"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>