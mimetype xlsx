--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -17,56 +17,56 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\B177607\AppData\Roaming\cBrain\F2\Temp\40566605\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\B177607\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF119EDB-8D27-4707-BDA0-A084890936E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3E659D33-CB80-469E-980B-7A5A5CFEB85D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" tabRatio="742" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="25695" yWindow="0" windowWidth="26010" windowHeight="20985" tabRatio="742" firstSheet="1" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Formål og vejlednin" sheetId="3" r:id="rId1"/>
     <sheet name="7.4 Tabel 3" sheetId="13" r:id="rId2"/>
     <sheet name="7.4 Tabel 4" sheetId="14" r:id="rId3"/>
     <sheet name="8.2 Tabel 5" sheetId="1" r:id="rId4"/>
     <sheet name="8.2 Tabel 6" sheetId="2" r:id="rId5"/>
     <sheet name="9 Tabel 7" sheetId="4" r:id="rId6"/>
     <sheet name="11 Projektoverblik HV" sheetId="22" r:id="rId7"/>
     <sheet name="11 Projektoverblik MV-LV" sheetId="21" r:id="rId8"/>
     <sheet name="12 Tabel 8" sheetId="19" r:id="rId9"/>
     <sheet name="13 Tabel 9a-b" sheetId="20" r:id="rId10"/>
   </sheets>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -548,59 +548,50 @@
     <t>Okt-Apr 
 Man-Søn 
 15:00-21:59</t>
   </si>
   <si>
     <t>Ledning og kabelstrækninger (0,4-20 kv)</t>
   </si>
   <si>
     <t>OS-MV-12 2031</t>
   </si>
   <si>
     <t>Nynvestering
 Lav spænding som følge af øget forbrug i området</t>
   </si>
   <si>
     <t>Ja
 Fleksibilitetsydelser i form af nedjusteret forbrug  kan løse spændingsudfordringerne i spidsbelastningsperioder</t>
   </si>
   <si>
     <t>Afsnit 12 Investeringsbehov   </t>
   </si>
   <si>
     <t>Tidsperiode</t>
   </si>
   <si>
-    <t>1-2 år (2025-2026)</t>
-[...7 lines deleted...]
-  <si>
     <t>Samlet forventet investeringsbehov</t>
   </si>
   <si>
     <t xml:space="preserve"> mio. kr.</t>
   </si>
   <si>
     <t>Forventet investeringsbehov i højspændingsnet (30-60 kV net)</t>
   </si>
   <si>
     <t>Forventet investeringsbehov i mellemspændingsnet (10-20 kV net)</t>
   </si>
   <si>
     <t>Forventet investeringsbehov i lavspændingsnet (0,4 kV net)</t>
   </si>
   <si>
     <t>Tabel 9a: Opadrettet fleksibilitetsbehov</t>
   </si>
   <si>
     <t>Spændingsniveau</t>
   </si>
   <si>
     <t>Tidshorisont</t>
   </si>
   <si>
     <t>Fleksibilitetsbehov (MWh)</t>
@@ -722,50 +713,59 @@
     <t>Netvirksomheden vil ofte have lokal kendskab der kan føre til afvigelser fra de udmøntede generelle analyseforudsætninger. "Netvirksomhed AF25 +/- Lokal" beskriver det justerede tal pba. lokal viden/forhold og herved afvigelsen fra disse i procent.  Tabel 2 i netudviklingsplanen (planformatet) gennemgår de specifikke afvigelser, der er relevante  for netvirksomheden.</t>
   </si>
   <si>
     <t>"Netvirksomhed AF25" er de generelle analyseforudsætninger udmøntet (dekomponeret) til at afspejle netvirksomhedens andel i tal og pct. i forhold til landsplan. Netvirksomheden udmønter selv analyseforudsætningerne. Fremgangsmåden beskrives i afsnit 7 i netudviklingsplanen (planformatet).</t>
   </si>
   <si>
     <t>Netvirksomheden vil ofte have lokal kendskab der kan føre til afvigelser fra de udmøntede generelle analyseforudsætninger. "Netvirksomhed AF25 +/- Lokal" beskriver det justerede tal pba. lokal viden/forhold og herved afvigelsen fra disse i procent.  Tabel 2 i netudviklingsplanen (planformatet) gennemgår de specifikke afvigelser der er relevante  for netvirksomheden.</t>
   </si>
   <si>
     <t>Område</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>"ikke defineret projekt"</t>
   </si>
   <si>
     <t>Afsnit 13 Fleksibilitetsbehov</t>
+  </si>
+  <si>
+    <t>1-2 år (2027-2028)</t>
+  </si>
+  <si>
+    <t>3-5 år (2029-2031)</t>
+  </si>
+  <si>
+    <t>6-10 år (2032-2036)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -2392,482 +2392,482 @@
       <selection activeCell="A2" sqref="A2:J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="8" max="8" width="8.85546875" customWidth="1"/>
     <col min="9" max="9" width="9.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="182" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="182"/>
       <c r="C1" s="182"/>
       <c r="D1" s="182"/>
       <c r="E1" s="182"/>
       <c r="F1" s="182"/>
       <c r="G1" s="182"/>
       <c r="H1" s="182"/>
       <c r="I1" s="182"/>
       <c r="J1" s="182"/>
     </row>
     <row r="2" spans="1:10" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="183" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B2" s="183"/>
       <c r="C2" s="183"/>
       <c r="D2" s="183"/>
       <c r="E2" s="183"/>
       <c r="F2" s="183"/>
       <c r="G2" s="183"/>
       <c r="H2" s="183"/>
       <c r="I2" s="183"/>
       <c r="J2" s="183"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:K30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" customWidth="1"/>
     <col min="3" max="3" width="26.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.7109375" customWidth="1"/>
     <col min="5" max="7" width="29.85546875" customWidth="1"/>
     <col min="8" max="12" width="9.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="94" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B1" s="96"/>
       <c r="C1" s="96"/>
       <c r="D1" s="96"/>
       <c r="E1" s="96"/>
       <c r="H1" s="27"/>
       <c r="I1" s="27"/>
       <c r="J1" s="27"/>
       <c r="K1" s="27"/>
     </row>
     <row r="2" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="151" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B2" s="148"/>
       <c r="C2" s="148"/>
       <c r="D2" s="148"/>
       <c r="E2" s="148"/>
     </row>
     <row r="3" spans="1:11" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="152" t="s">
+        <v>143</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>144</v>
+      </c>
+      <c r="C3" s="153" t="s">
+        <v>145</v>
+      </c>
+      <c r="D3" s="153" t="s">
         <v>146</v>
       </c>
-      <c r="B3" s="153" t="s">
+      <c r="E3" s="153" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="172" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B4" s="172" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C4" s="175">
         <v>14150</v>
       </c>
       <c r="D4" s="175">
         <v>10</v>
       </c>
       <c r="E4" s="175" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="172"/>
       <c r="B5" s="172" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C5" s="175">
         <v>35050</v>
       </c>
       <c r="D5" s="175">
         <v>45</v>
       </c>
       <c r="E5" s="175" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="172"/>
       <c r="B6" s="172" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C6" s="175">
         <v>78000</v>
       </c>
       <c r="D6" s="175">
         <v>110</v>
       </c>
       <c r="E6" s="175" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="172" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B7" s="172" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C7" s="175">
         <v>12250</v>
       </c>
       <c r="D7" s="175">
         <v>10</v>
       </c>
       <c r="E7" s="175" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="172"/>
       <c r="B8" s="172" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C8" s="175">
         <v>32800</v>
       </c>
       <c r="D8" s="175">
         <v>35</v>
       </c>
       <c r="E8" s="175" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="172"/>
       <c r="B9" s="172" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C9" s="175">
         <v>76400</v>
       </c>
       <c r="D9" s="175">
         <v>60</v>
       </c>
       <c r="E9" s="175" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
     </row>
     <row r="10" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="172" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B10" s="172" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C10" s="175">
         <v>90</v>
       </c>
       <c r="D10" s="175">
         <v>1</v>
       </c>
       <c r="E10" s="175" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="H10" s="45"/>
       <c r="I10" s="45"/>
       <c r="J10" s="45"/>
       <c r="K10" s="45"/>
     </row>
     <row r="11" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="172"/>
       <c r="B11" s="172" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C11" s="175">
         <v>185</v>
       </c>
       <c r="D11" s="175">
         <v>5</v>
       </c>
       <c r="E11" s="175" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="F11" s="25"/>
       <c r="G11" s="95"/>
       <c r="H11" s="46"/>
       <c r="I11" s="46"/>
       <c r="J11" s="46"/>
       <c r="K11" s="46"/>
     </row>
     <row r="12" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="172"/>
       <c r="B12" s="172" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C12" s="175">
         <v>860</v>
       </c>
       <c r="D12" s="175">
         <v>20</v>
       </c>
       <c r="E12" s="175" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F12" s="25"/>
       <c r="G12" s="95"/>
       <c r="H12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
     </row>
     <row r="13" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="151" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B13" s="149"/>
       <c r="C13" s="150"/>
       <c r="D13" s="149"/>
       <c r="E13" s="150"/>
       <c r="F13" s="25"/>
       <c r="G13" s="95"/>
       <c r="H13" s="48"/>
       <c r="I13" s="47"/>
       <c r="J13" s="47"/>
       <c r="K13" s="47"/>
     </row>
     <row r="14" spans="1:11" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="152" t="s">
+        <v>143</v>
+      </c>
+      <c r="B14" s="153" t="s">
+        <v>144</v>
+      </c>
+      <c r="C14" s="153" t="s">
+        <v>145</v>
+      </c>
+      <c r="D14" s="153" t="s">
         <v>146</v>
       </c>
-      <c r="B14" s="153" t="s">
+      <c r="E14" s="153" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
       <c r="G14" s="47"/>
       <c r="H14" s="48"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
     </row>
     <row r="15" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="172" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B15" s="172" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C15" s="175">
         <v>38500</v>
       </c>
       <c r="D15" s="175">
         <v>55</v>
       </c>
       <c r="E15" s="175" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G15" s="47"/>
       <c r="H15" s="48"/>
       <c r="I15" s="47"/>
       <c r="J15" s="47"/>
       <c r="K15" s="47"/>
     </row>
     <row r="16" spans="1:11" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="172"/>
       <c r="B16" s="172" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C16" s="175">
         <v>67400</v>
       </c>
       <c r="D16" s="175">
         <v>80</v>
       </c>
       <c r="E16" s="175" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F16" s="6"/>
     </row>
     <row r="17" spans="1:6" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="172"/>
       <c r="B17" s="172" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C17" s="175">
         <v>118000</v>
       </c>
       <c r="D17" s="175">
         <v>140</v>
       </c>
       <c r="E17" s="175" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F17" s="6"/>
     </row>
     <row r="18" spans="1:6" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="172" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B18" s="172" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C18" s="175">
         <v>12250</v>
       </c>
       <c r="D18" s="175">
         <v>10</v>
       </c>
       <c r="E18" s="175" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F18" s="6"/>
     </row>
     <row r="19" spans="1:6" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="172"/>
       <c r="B19" s="172" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C19" s="175">
         <v>30000</v>
       </c>
       <c r="D19" s="175">
         <v>35</v>
       </c>
       <c r="E19" s="175" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F19" s="6"/>
     </row>
     <row r="20" spans="1:6" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="172"/>
       <c r="B20" s="172" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C20" s="175">
         <v>60000</v>
       </c>
       <c r="D20" s="175">
         <v>60</v>
       </c>
       <c r="E20" s="175" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F20" s="6"/>
     </row>
     <row r="21" spans="1:6" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="172" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B21" s="172" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C21" s="175">
         <v>125</v>
       </c>
       <c r="D21" s="175">
         <v>1</v>
       </c>
       <c r="E21" s="175" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F21" s="6"/>
     </row>
     <row r="22" spans="1:6" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="172"/>
       <c r="B22" s="172" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C22" s="175">
         <v>250</v>
       </c>
       <c r="D22" s="175">
         <v>5</v>
       </c>
       <c r="E22" s="175" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F22" s="6"/>
     </row>
     <row r="23" spans="1:6" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="172"/>
       <c r="B23" s="172" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C23" s="175">
         <v>450</v>
       </c>
       <c r="D23" s="175">
         <v>20</v>
       </c>
       <c r="E23" s="175" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F23" s="6"/>
     </row>
     <row r="24" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="6"/>
       <c r="C24" s="192" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D24" s="193"/>
       <c r="E24" s="193"/>
       <c r="F24" s="6"/>
     </row>
     <row r="25" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="7"/>
       <c r="B25" s="7"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
     <row r="26" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="8"/>
       <c r="B26" s="7"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
     </row>
     <row r="27" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="7"/>
       <c r="B27" s="7"/>
       <c r="C27" s="6"/>
@@ -2923,84 +2923,84 @@
     <col min="7" max="7" width="17" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="11" width="43" customWidth="1"/>
     <col min="12" max="12" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="41" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="41"/>
       <c r="C1" s="41"/>
       <c r="D1" s="41"/>
       <c r="E1" s="41"/>
       <c r="F1" s="41"/>
       <c r="G1" s="42"/>
       <c r="H1" s="34"/>
       <c r="I1" s="41" t="s">
         <v>2</v>
       </c>
       <c r="J1" s="41"/>
       <c r="K1" s="41"/>
     </row>
     <row r="2" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="49" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B2" s="49"/>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="92"/>
       <c r="H2" s="176"/>
     </row>
     <row r="3" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="50" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="52" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="54" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="54"/>
       <c r="E3" s="54" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="54"/>
       <c r="H3" s="35"/>
       <c r="I3" s="184" t="s">
+        <v>164</v>
+      </c>
+      <c r="J3" s="184" t="s">
+        <v>166</v>
+      </c>
+      <c r="K3" s="184" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="117">
         <v>2036</v>
       </c>
       <c r="B4" s="52"/>
       <c r="C4" s="55"/>
       <c r="D4" s="55"/>
       <c r="E4" s="55"/>
       <c r="F4" s="53"/>
       <c r="H4" s="35"/>
       <c r="I4" s="185"/>
       <c r="J4" s="185"/>
       <c r="K4" s="185"/>
     </row>
     <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="51"/>
       <c r="B5" s="52" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="33" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="33" t="s">
@@ -3299,86 +3299,86 @@
     <col min="9" max="9" width="30.28515625" customWidth="1"/>
     <col min="10" max="10" width="33.28515625" customWidth="1"/>
     <col min="11" max="11" width="34" customWidth="1"/>
     <col min="12" max="13" width="45.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="56" t="s">
         <v>20</v>
       </c>
       <c r="B1" s="57"/>
       <c r="C1" s="57"/>
       <c r="D1" s="57"/>
       <c r="E1" s="57"/>
       <c r="F1" s="58"/>
       <c r="G1" s="42"/>
       <c r="H1" s="4"/>
       <c r="I1" s="186" t="s">
         <v>2</v>
       </c>
       <c r="J1" s="187"/>
       <c r="K1" s="188"/>
     </row>
     <row r="2" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="49" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B2" s="49"/>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="92"/>
       <c r="H2" s="176"/>
       <c r="I2" s="28"/>
       <c r="L2" s="189"/>
       <c r="M2" s="189"/>
     </row>
     <row r="3" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="59" t="s">
         <v>21</v>
       </c>
       <c r="B3" s="54" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="54" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="54"/>
       <c r="E3" s="54" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="54"/>
       <c r="I3" s="190" t="s">
+        <v>165</v>
+      </c>
+      <c r="J3" s="190" t="s">
         <v>168</v>
       </c>
-      <c r="J3" s="190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K3" s="190" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="L3" s="189"/>
       <c r="M3" s="189"/>
     </row>
     <row r="4" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="60">
         <v>2036</v>
       </c>
       <c r="B4" s="53"/>
       <c r="C4" s="54"/>
       <c r="D4" s="54"/>
       <c r="E4" s="54"/>
       <c r="F4" s="54"/>
       <c r="I4" s="191"/>
       <c r="J4" s="191"/>
       <c r="K4" s="191"/>
       <c r="L4" s="189"/>
       <c r="M4" s="189"/>
     </row>
     <row r="5" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="59"/>
       <c r="B5" s="54" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="33" t="s">
@@ -4484,51 +4484,51 @@
     <col min="19" max="19" width="17.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="156" t="s">
         <v>79</v>
       </c>
       <c r="B1" s="156"/>
       <c r="C1" s="156"/>
       <c r="D1" s="156"/>
       <c r="E1" s="156"/>
       <c r="F1" s="156"/>
       <c r="G1" s="156"/>
       <c r="H1" s="156"/>
       <c r="I1" s="156"/>
       <c r="J1" s="156"/>
       <c r="K1" s="156"/>
       <c r="L1" s="156"/>
       <c r="M1" s="156"/>
       <c r="N1" s="156"/>
       <c r="O1" s="156"/>
       <c r="P1" s="27"/>
     </row>
     <row r="2" spans="1:19" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="93" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>80</v>
       </c>
       <c r="C2" s="93" t="s">
         <v>81</v>
       </c>
       <c r="D2" s="93" t="s">
         <v>82</v>
       </c>
       <c r="E2" s="93" t="s">
         <v>83</v>
       </c>
       <c r="F2" s="93" t="s">
         <v>84</v>
       </c>
       <c r="G2" s="93" t="s">
         <v>85</v>
       </c>
       <c r="H2" s="93" t="s">
         <v>86</v>
       </c>
       <c r="I2" s="93" t="s">
         <v>87</v>
       </c>
@@ -4554,230 +4554,230 @@
       <c r="Q2" s="173"/>
       <c r="R2" s="173"/>
       <c r="S2" s="173"/>
     </row>
     <row r="3" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="21" t="s">
         <v>94</v>
       </c>
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="23"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="H3" s="22"/>
       <c r="I3" s="22"/>
       <c r="J3" s="22"/>
       <c r="K3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
     </row>
     <row r="4" spans="1:19" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="104" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B4" s="104" t="s">
         <v>95</v>
       </c>
       <c r="C4" s="104">
         <v>25</v>
       </c>
       <c r="D4" s="104" t="s">
         <v>96</v>
       </c>
       <c r="E4" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F4" s="104" t="s">
         <v>98</v>
       </c>
       <c r="G4" s="158"/>
       <c r="H4" s="104">
         <v>10</v>
       </c>
       <c r="I4" s="104" t="s">
         <v>99</v>
       </c>
       <c r="J4" s="104">
         <v>10</v>
       </c>
       <c r="K4" s="105">
         <v>1095</v>
       </c>
       <c r="L4" s="104">
         <v>2027</v>
       </c>
       <c r="M4" s="104" t="s">
         <v>100</v>
       </c>
       <c r="N4" s="108" t="s">
         <v>101</v>
       </c>
       <c r="O4" s="104" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="5" spans="1:19" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B5" s="104" t="s">
         <v>95</v>
       </c>
       <c r="C5" s="104">
         <v>25</v>
       </c>
       <c r="D5" s="104" t="s">
         <v>103</v>
       </c>
       <c r="E5" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F5" s="104" t="s">
         <v>98</v>
       </c>
       <c r="G5" s="158"/>
       <c r="H5" s="104">
         <v>5</v>
       </c>
       <c r="I5" s="104" t="s">
         <v>104</v>
       </c>
       <c r="J5" s="104">
         <v>5</v>
       </c>
       <c r="K5" s="105"/>
       <c r="L5" s="104">
         <v>2028</v>
       </c>
       <c r="M5" s="104" t="s">
         <v>105</v>
       </c>
       <c r="N5" s="108">
         <v>1</v>
       </c>
       <c r="O5" s="104" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="104" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B6" s="104" t="s">
         <v>107</v>
       </c>
       <c r="C6" s="104">
         <v>25</v>
       </c>
       <c r="D6" s="104" t="s">
         <v>108</v>
       </c>
       <c r="E6" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F6" s="104" t="s">
         <v>109</v>
       </c>
       <c r="G6" s="107"/>
       <c r="H6" s="104">
         <v>5</v>
       </c>
       <c r="I6" s="104" t="s">
         <v>104</v>
       </c>
       <c r="J6" s="104">
         <v>5</v>
       </c>
       <c r="K6" s="105">
         <v>380</v>
       </c>
       <c r="L6" s="104">
         <v>2029</v>
       </c>
       <c r="M6" s="104" t="s">
         <v>105</v>
       </c>
       <c r="N6" s="108">
         <v>1</v>
       </c>
       <c r="O6" s="104" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="104" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B7" s="104" t="s">
         <v>110</v>
       </c>
       <c r="C7" s="104">
         <v>0</v>
       </c>
       <c r="D7" s="104" t="s">
         <v>111</v>
       </c>
       <c r="E7" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F7" s="104" t="s">
         <v>112</v>
       </c>
       <c r="G7" s="107"/>
       <c r="H7" s="104">
         <v>20</v>
       </c>
       <c r="I7" s="104" t="s">
         <v>99</v>
       </c>
       <c r="J7" s="104">
         <v>20</v>
       </c>
       <c r="K7" s="105"/>
       <c r="L7" s="104">
         <v>2033</v>
       </c>
       <c r="M7" s="104" t="s">
         <v>113</v>
       </c>
       <c r="N7" s="108" t="s">
         <v>101</v>
       </c>
       <c r="O7" s="104" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="104" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B8" s="104" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C8" s="104"/>
       <c r="D8" s="104" t="s">
         <v>114</v>
       </c>
       <c r="E8" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F8" s="104"/>
       <c r="G8" s="107"/>
       <c r="H8" s="104">
         <v>5</v>
       </c>
       <c r="I8" s="104" t="s">
         <v>99</v>
       </c>
       <c r="J8" s="104">
         <v>5</v>
       </c>
       <c r="K8" s="105">
         <v>530</v>
       </c>
       <c r="L8" s="104"/>
       <c r="M8" s="104" t="s">
         <v>115</v>
@@ -4909,51 +4909,51 @@
       <c r="M16" s="160"/>
       <c r="N16" s="160"/>
       <c r="O16" s="160"/>
     </row>
     <row r="17" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="21" t="s">
         <v>117</v>
       </c>
       <c r="B17" s="89"/>
       <c r="C17" s="89"/>
       <c r="D17" s="163"/>
       <c r="E17" s="163"/>
       <c r="F17" s="164"/>
       <c r="G17" s="91"/>
       <c r="H17" s="89"/>
       <c r="I17" s="89"/>
       <c r="J17" s="89"/>
       <c r="K17" s="89"/>
       <c r="L17" s="89"/>
       <c r="M17" s="89"/>
       <c r="N17" s="89"/>
       <c r="O17" s="89"/>
     </row>
     <row r="18" spans="1:15" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="104" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B18" s="104" t="s">
         <v>118</v>
       </c>
       <c r="C18" s="104"/>
       <c r="D18" s="104" t="s">
         <v>119</v>
       </c>
       <c r="E18" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F18" s="104" t="s">
         <v>120</v>
       </c>
       <c r="G18" s="107">
         <v>0.1</v>
       </c>
       <c r="H18" s="104"/>
       <c r="I18" s="104" t="s">
         <v>104</v>
       </c>
       <c r="J18" s="104">
         <v>5</v>
       </c>
       <c r="K18" s="105">
@@ -5791,51 +5791,51 @@
     <col min="16" max="16" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="154" t="s">
         <v>122</v>
       </c>
       <c r="B1" s="155"/>
       <c r="C1" s="155"/>
       <c r="D1" s="155"/>
       <c r="E1" s="156"/>
       <c r="F1" s="156"/>
       <c r="G1" s="156"/>
       <c r="H1" s="156"/>
       <c r="I1" s="155"/>
       <c r="J1" s="155"/>
       <c r="K1" s="155"/>
       <c r="L1" s="156"/>
       <c r="M1" s="156"/>
       <c r="N1" s="165"/>
       <c r="O1" s="166"/>
       <c r="P1" s="27"/>
     </row>
     <row r="2" spans="1:16" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="93" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>80</v>
       </c>
       <c r="C2" s="93" t="s">
         <v>81</v>
       </c>
       <c r="D2" s="93" t="s">
         <v>82</v>
       </c>
       <c r="E2" s="93" t="s">
         <v>83</v>
       </c>
       <c r="F2" s="93" t="s">
         <v>84</v>
       </c>
       <c r="G2" s="93" t="s">
         <v>85</v>
       </c>
       <c r="H2" s="93" t="s">
         <v>86</v>
       </c>
       <c r="I2" s="93" t="s">
         <v>87</v>
       </c>
@@ -5857,138 +5857,138 @@
       <c r="O2" s="93" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="21" t="s">
         <v>123</v>
       </c>
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="23"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="H3" s="22"/>
       <c r="I3" s="22"/>
       <c r="J3" s="24"/>
       <c r="K3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="169"/>
       <c r="O3" s="170"/>
     </row>
     <row r="4" spans="1:16" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="104" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B4" s="104" t="s">
         <v>124</v>
       </c>
       <c r="C4" s="104">
         <v>0.5</v>
       </c>
       <c r="D4" s="104" t="s">
         <v>125</v>
       </c>
       <c r="E4" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F4" s="104" t="s">
         <v>126</v>
       </c>
       <c r="G4" s="104"/>
       <c r="H4" s="104">
         <v>0.2</v>
       </c>
       <c r="I4" s="104" t="s">
         <v>104</v>
       </c>
       <c r="J4" s="105">
         <v>0.2</v>
       </c>
       <c r="K4" s="106"/>
       <c r="L4" s="104">
         <v>2026</v>
       </c>
       <c r="M4" s="104" t="s">
         <v>105</v>
       </c>
       <c r="N4" s="171">
         <v>1</v>
       </c>
       <c r="O4" s="105" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B5" s="104" t="s">
         <v>127</v>
       </c>
       <c r="C5" s="104">
         <v>0.5</v>
       </c>
       <c r="D5" s="104" t="s">
         <v>128</v>
       </c>
       <c r="E5" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F5" s="104" t="s">
         <v>129</v>
       </c>
       <c r="G5" s="104"/>
       <c r="H5" s="104">
         <v>0.5</v>
       </c>
       <c r="I5" s="105" t="s">
         <v>99</v>
       </c>
       <c r="J5" s="105">
         <v>0.5</v>
       </c>
       <c r="K5" s="106"/>
       <c r="L5" s="104">
         <v>2029</v>
       </c>
       <c r="M5" s="104" t="s">
         <v>130</v>
       </c>
       <c r="N5" s="108"/>
       <c r="O5" s="104" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="104" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B6" s="104" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C6" s="104"/>
       <c r="D6" s="104"/>
       <c r="E6" s="104"/>
       <c r="F6" s="107"/>
       <c r="G6" s="104"/>
       <c r="H6" s="104">
         <v>1</v>
       </c>
       <c r="I6" s="105" t="s">
         <v>99</v>
       </c>
       <c r="J6" s="104">
         <v>1</v>
       </c>
       <c r="K6" s="105">
         <v>360</v>
       </c>
       <c r="L6" s="106"/>
       <c r="M6" s="104" t="s">
         <v>130</v>
       </c>
       <c r="N6" s="108"/>
       <c r="O6" s="104" t="s">
         <v>102</v>
@@ -6103,51 +6103,51 @@
       <c r="I16" s="26"/>
       <c r="J16" s="48"/>
       <c r="K16" s="48"/>
     </row>
     <row r="17" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="21" t="s">
         <v>131</v>
       </c>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="23"/>
       <c r="E17" s="36"/>
       <c r="F17" s="91"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="157"/>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="L17" s="22"/>
       <c r="M17" s="22"/>
       <c r="N17" s="169"/>
       <c r="O17" s="170"/>
     </row>
     <row r="18" spans="1:15" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="104" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B18" s="104" t="s">
         <v>132</v>
       </c>
       <c r="C18" s="104"/>
       <c r="D18" s="104" t="s">
         <v>133</v>
       </c>
       <c r="E18" s="104" t="s">
         <v>97</v>
       </c>
       <c r="F18" s="104" t="s">
         <v>134</v>
       </c>
       <c r="G18" s="108">
         <v>0.1</v>
       </c>
       <c r="H18" s="105">
         <v>1</v>
       </c>
       <c r="I18" s="105" t="s">
         <v>99</v>
       </c>
       <c r="J18" s="105">
         <v>1</v>
@@ -6732,186 +6732,188 @@
       <c r="B60" s="48"/>
       <c r="C60" s="48"/>
       <c r="D60" s="78"/>
       <c r="E60" s="48"/>
       <c r="F60" s="48"/>
       <c r="G60" s="48"/>
       <c r="H60" s="48"/>
       <c r="I60" s="48"/>
       <c r="J60" s="48"/>
       <c r="K60" s="48"/>
       <c r="L60" s="48"/>
     </row>
     <row r="61" spans="1:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="62" spans="1:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="63" spans="1:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:I30"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I8" sqref="I8"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.140625" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
     <col min="4" max="4" width="20.42578125" customWidth="1"/>
     <col min="5" max="5" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26" customWidth="1"/>
     <col min="7" max="7" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="10" width="9.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="94" t="s">
         <v>135</v>
       </c>
       <c r="B1" s="94"/>
       <c r="C1" s="94"/>
       <c r="D1" s="94"/>
       <c r="E1" s="94"/>
       <c r="F1" s="94"/>
       <c r="G1" s="94"/>
       <c r="H1" s="42"/>
       <c r="I1" s="42"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="115" t="s">
         <v>136</v>
       </c>
       <c r="B2" s="116" t="s">
-        <v>137</v>
+        <v>176</v>
       </c>
       <c r="C2" s="109"/>
       <c r="D2" s="116" t="s">
-        <v>138</v>
+        <v>177</v>
       </c>
       <c r="E2" s="109"/>
       <c r="F2" s="116" t="s">
-        <v>139</v>
+        <v>178</v>
       </c>
       <c r="G2" s="110"/>
       <c r="H2" s="35"/>
       <c r="I2" s="35"/>
     </row>
     <row r="3" spans="1:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="113" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B3" s="144" t="s">
         <v>30</v>
       </c>
       <c r="C3" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D3" s="144" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F3" s="144" t="s">
         <v>30</v>
       </c>
       <c r="G3" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="113" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B4" s="144" t="s">
         <v>30</v>
       </c>
       <c r="C4" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D4" s="144" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F4" s="144" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="113" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B5" s="145" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D5" s="145" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F5" s="144" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="111" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="114" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B6" s="146" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="112" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D6" s="146" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="112" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F6" s="147" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="112" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="45" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:9" ht="45" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
     </row>
     <row r="10" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="5"/>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
     </row>
     <row r="11" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="9"/>
@@ -7087,109 +7089,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocId xmlns="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc">TZMJ4DCWSVWF-1280322647-3408</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc">
       <Url>https://sp.ens.dk/sites/elek/el1/_layouts/15/DocIdRedir.aspx?ID=TZMJ4DCWSVWF-1280322647-3408</Url>
       <Description>TZMJ4DCWSVWF-1280322647-3408</Description>
     </_dlc_DocIdUrl>
     <_dlc_DocIdPersistId xmlns="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...57 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010036CD426281D9C342942AA7409E679CE0" ma:contentTypeVersion="20" ma:contentTypeDescription="Opret et nyt dokument." ma:contentTypeScope="" ma:versionID="4d8fcd828b955572aa67de43580d3f69">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc" xmlns:ns3="5afc42ed-6807-4029-a8f5-77dd174f8f8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b59690c3c3d5172388d4a8da61c5286d" ns2:_="" ns3:_="">
     <xsd:import namespace="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc"/>
     <xsd:import namespace="5afc42ed-6807-4029-a8f5-77dd174f8f8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -7323,98 +7266,157 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B462950-CF5A-49B2-93F8-A76A1160F6CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="5afc42ed-6807-4029-a8f5-77dd174f8f8e"/>
     <ds:schemaRef ds:uri="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{861B26A3-E25E-47BB-94A0-EEE8714BA9DB}">
-[...14 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3C7E419-4E3F-47AB-AE75-6F800A2DCAA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b9b902d2-167a-42cb-9bb4-c2d8b7a13bbc"/>
     <ds:schemaRef ds:uri="5afc42ed-6807-4029-a8f5-77dd174f8f8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE0554D9-20B6-471F-BF10-6003F1FDDAF4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{861B26A3-E25E-47BB-94A0-EEE8714BA9DB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Formål og vejlednin</vt:lpstr>
       <vt:lpstr>7.4 Tabel 3</vt:lpstr>
       <vt:lpstr>7.4 Tabel 4</vt:lpstr>
       <vt:lpstr>8.2 Tabel 5</vt:lpstr>