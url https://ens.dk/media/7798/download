--- v0 (2026-02-20)
+++ v1 (2026-03-12)
@@ -7,53 +7,53 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="B:\EAD\VEA\VEA\Afregning af VE\Afregning\11. Månedsafregning\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{13B27311-B4F8-4CB6-94B6-402824561B12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{832A9DD0-74CA-4F45-8DF9-E8B039084576}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="0" windowWidth="22890" windowHeight="18825" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Max 25øre" sheetId="3" r:id="rId1"/>
     <sheet name="Max 10øre" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -728,51 +728,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H8" sqref="H8"/>
+      <selection activeCell="E6" sqref="E6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.42578125" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="7" max="7" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
     </row>
@@ -820,62 +820,66 @@
       </c>
       <c r="C4" s="28">
         <f>IF(ISBLANK(B4),"",MAX(0,IF(B4&gt;33,58-B4,25)))</f>
         <v>0</v>
       </c>
       <c r="D4" s="4">
         <v>0.9</v>
       </c>
       <c r="E4" s="17">
         <v>77.350999999999999</v>
       </c>
       <c r="F4" s="28">
         <f>IF(ISBLANK(E4),"",MAX(0,IF(E4&gt;33,58-E4,25)))</f>
         <v>0</v>
       </c>
       <c r="G4" s="5">
         <v>0.9</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
     </row>
     <row r="5" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A5" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="18"/>
-      <c r="C5" s="29" t="str">
+      <c r="B5" s="18">
+        <v>69.760000000000005</v>
+      </c>
+      <c r="C5" s="29">
         <f t="shared" ref="C5:C15" si="0">IF(ISBLANK(B5),"",MAX(0,IF(B5&gt;33,58-B5,25)))</f>
-        <v/>
+        <v>0</v>
       </c>
       <c r="D5" s="11">
         <v>0.9</v>
       </c>
-      <c r="E5" s="22"/>
-      <c r="F5" s="29" t="str">
+      <c r="E5" s="22">
+        <v>76.450999999999993</v>
+      </c>
+      <c r="F5" s="29">
         <f t="shared" ref="F5:F15" si="1">IF(ISBLANK(E5),"",MAX(0,IF(E5&gt;33,58-E5,25)))</f>
-        <v/>
+        <v>0</v>
       </c>
       <c r="G5" s="12">
         <v>0.9</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
     </row>
     <row r="6" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="19"/>
       <c r="C6" s="28" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D6" s="7">
         <v>0.9</v>
       </c>
       <c r="E6" s="19"/>
       <c r="F6" s="28" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G6" s="6">
@@ -1429,51 +1433,51 @@
       <c r="E15" s="21"/>
       <c r="F15" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G15" s="14">
         <v>0.9</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Max 25øre</vt:lpstr>
       <vt:lpstr>Max 10øre</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Energinet.dk</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tina Krogsager</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>